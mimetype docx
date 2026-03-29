--- v0 (2026-02-04)
+++ v1 (2026-03-29)
@@ -1,39 +1,44 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
+  <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="1C6F9741" w14:textId="77777777" w:rsidR="00052E76" w:rsidRDefault="00052E76">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="708"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
@@ -2169,50 +2174,77 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00143D0B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
         </w:rPr>
         <w:t>19</w:t>
       </w:r>
     </w:p>
+    <w:p w14:paraId="7F43567D" w14:textId="009F5A62" w:rsidR="00F9172A" w:rsidRDefault="00F9172A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve">         </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t>Stagiares</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                       19</w:t>
+      </w:r>
+    </w:p>
     <w:p w14:paraId="49CBEA40" w14:textId="7F63508F" w:rsidR="00052E76" w:rsidRDefault="00417AE9">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
         </w:rPr>
         <w:tab/>
         <w:t>Meldcode</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
         </w:rPr>
         <w:tab/>
       </w:r>
@@ -2402,50 +2434,51 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00143D0B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
         </w:rPr>
         <w:t>21</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0AEE149D" w14:textId="5D46F5C4" w:rsidR="00052E76" w:rsidRDefault="00417AE9">
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:tab/>
         <w:t>Verzekeringen</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
@@ -2453,51 +2486,50 @@
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00143D0B" w:rsidRPr="00143D0B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t>21</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6A997D9C" w14:textId="25F5EB33" w:rsidR="00052E76" w:rsidRDefault="00417AE9">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Voorwoord</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1D74BAD1" w14:textId="77777777" w:rsidR="00052E76" w:rsidRDefault="00052E76">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="222FA20B" w14:textId="797BE2AE" w:rsidR="00052E76" w:rsidRPr="00DE2AAD" w:rsidRDefault="00417AE9" w:rsidP="00C506D8">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DE2AAD">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Ik ben Allegonda Hollander -v Marum en in 1998 getrouwd met Jan. Samen hebben we</w:t>
@@ -2838,203 +2870,289 @@
         </w:rPr>
         <w:t xml:space="preserve">kon ik beginnen met </w:t>
       </w:r>
       <w:r w:rsidR="009B5A9F" w:rsidRPr="001A5D12">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Thuishuis Bellefleur</w:t>
       </w:r>
       <w:r w:rsidR="0069740C" w:rsidRPr="001A5D12">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>!</w:t>
       </w:r>
       <w:r w:rsidR="00F24F66" w:rsidRPr="001A5D12">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="67AB5A9B" w14:textId="0D1B5F21" w:rsidR="00052E76" w:rsidRPr="00DE2AAD" w:rsidRDefault="00417AE9" w:rsidP="00C506D8">
+    <w:p w14:paraId="67AB5A9B" w14:textId="17EA7538" w:rsidR="00052E76" w:rsidRPr="00DE2AAD" w:rsidRDefault="00417AE9" w:rsidP="00C506D8">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DE2AAD">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Thuishuis Bellefleur vangt kinderen op in de leeftijd van 0 tot 4 jaar.</w:t>
       </w:r>
+      <w:r w:rsidR="001E76C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  In januari 2026</w:t>
+      </w:r>
+      <w:r w:rsidR="00A22627">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> heb ik het pand aan de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A22627">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>takenslaan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A22627">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2 gekocht </w:t>
+      </w:r>
       <w:r w:rsidR="00E25F9A" w:rsidRPr="00DE2AAD">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:t xml:space="preserve"> h</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE2AAD">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ierin hebben we een gezellige speel</w:t>
+      </w:r>
+      <w:r w:rsidR="00E25F9A" w:rsidRPr="00DE2AAD">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE2AAD">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> en leefruimte </w:t>
+      </w:r>
+      <w:r w:rsidR="00E25F9A" w:rsidRPr="00DE2AAD">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>gecreëerd</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE2AAD">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> met onder</w:t>
+      </w:r>
+      <w:r w:rsidR="00E25F9A" w:rsidRPr="00DE2AAD">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00DE2AAD">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>We hebben de garage naast onze woning verbouwd voor de kinderopvang,</w:t>
+        <w:t>andere een speelhuis met glijbaan</w:t>
       </w:r>
       <w:r w:rsidR="00E25F9A" w:rsidRPr="00DE2AAD">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> h</w:t>
+        <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="00DE2AAD">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>ierin hebben we een gezellige speel</w:t>
+        <w:t xml:space="preserve">twee hoge boxen en </w:t>
       </w:r>
       <w:r w:rsidR="00E25F9A" w:rsidRPr="00DE2AAD">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>-</w:t>
+        <w:t>een</w:t>
       </w:r>
       <w:r w:rsidRPr="00DE2AAD">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> en leefruimte </w:t>
+        <w:t xml:space="preserve"> eethoek.</w:t>
       </w:r>
       <w:r w:rsidR="00E25F9A" w:rsidRPr="00DE2AAD">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>gecreëerd</w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00DE2AAD">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> met onder</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00E25F9A" w:rsidRPr="00DE2AAD">
+        <w:t>We hebben een verschoonruimte</w:t>
+      </w:r>
+      <w:r w:rsidR="00AD57A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in de hal</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE2AAD">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> met tevens een toilet en wasbak</w:t>
+      </w:r>
+      <w:r w:rsidR="00AD57A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> voor de kinderen en </w:t>
+      </w:r>
+      <w:r w:rsidR="006A2495">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>een aparte voor de leidsters</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE2AAD">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="006D0EA3" w:rsidRPr="00DE2AAD">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidR="004345B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>In de hal bevind zich ook een slaapruimte voor de</w:t>
+      </w:r>
+      <w:r w:rsidR="006A5174">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004345B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>oudste kinderen</w:t>
+      </w:r>
+      <w:r w:rsidR="006A5174">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
       <w:r w:rsidRPr="00DE2AAD">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>andere een speelhuis met glijbaan</w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">, </w:t>
+        <w:t xml:space="preserve"> en </w:t>
+      </w:r>
+      <w:r w:rsidR="006A5174">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>achter de tweede ruimte bevinden zich nog 2 slaapkamers</w:t>
+      </w:r>
+      <w:r w:rsidR="006F5632">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> en </w:t>
       </w:r>
       <w:r w:rsidRPr="00DE2AAD">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">twee hoge boxen en </w:t>
-[...55 lines deleted...]
-        <w:t xml:space="preserve"> slaapkamers en buiten wordt gebruik gemaakt van </w:t>
+        <w:t xml:space="preserve">buiten wordt gebruik gemaakt van </w:t>
       </w:r>
       <w:r w:rsidR="00B76A80" w:rsidRPr="00DE2AAD">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">een </w:t>
       </w:r>
       <w:r w:rsidRPr="00DE2AAD">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>babyhuisje.</w:t>
       </w:r>
       <w:r w:rsidR="006D0EA3" w:rsidRPr="00DE2AAD">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00DE2AAD">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
@@ -4327,51 +4445,50 @@
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Dit zorgt voor een veilig en vertrouwd gevoel.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5BAF8D84" w14:textId="77777777" w:rsidR="00B63E98" w:rsidRPr="00573342" w:rsidRDefault="00B63E98" w:rsidP="004813C9">
       <w:pPr>
         <w:pStyle w:val="Geenafstand"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3EAF91ED" w14:textId="5FBEFFF8" w:rsidR="00B63E98" w:rsidRPr="00573342" w:rsidRDefault="001F3682" w:rsidP="004813C9">
       <w:pPr>
         <w:pStyle w:val="Geenafstand"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004706FD">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Wanneer een baby </w:t>
       </w:r>
       <w:r w:rsidR="00A22CEF" w:rsidRPr="004706FD">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>in een periode van v</w:t>
       </w:r>
       <w:r w:rsidR="004813C9" w:rsidRPr="004706FD">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">erlatingsangst </w:t>
       </w:r>
       <w:r w:rsidR="00A22CEF" w:rsidRPr="004706FD">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">zit, </w:t>
       </w:r>
       <w:r w:rsidR="004813C9" w:rsidRPr="004706FD">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ga ik aan de slag met </w:t>
@@ -5517,5188 +5634,5201 @@
         </w:rPr>
         <w:t>ze</w:t>
       </w:r>
       <w:r w:rsidR="0089008C" w:rsidRPr="002B052C">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00266630" w:rsidRPr="002B052C">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve">voorspelbaarheid zorgt voor </w:t>
       </w:r>
       <w:r w:rsidR="009A40F8" w:rsidRPr="002B052C">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve">rust en </w:t>
       </w:r>
       <w:r w:rsidR="00266630" w:rsidRPr="002B052C">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
-        <w:t xml:space="preserve">een veilig gevoel. </w:t>
+        <w:t xml:space="preserve">een veilig </w:t>
+      </w:r>
+      <w:r w:rsidR="00266630" w:rsidRPr="002B052C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">gevoel. </w:t>
       </w:r>
       <w:r w:rsidR="0061326E" w:rsidRPr="002B052C">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
-        <w:t xml:space="preserve">Door te weten waar alles ligt zal het kind meer en meer vertrouwen </w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        <w:t>Door te weten waar alles ligt zal het kind meer en meer vertrouwen ontwikkelen</w:t>
+      </w:r>
+      <w:r w:rsidR="00552559" w:rsidRPr="002B052C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00266630" w:rsidRPr="002B052C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>durft het kind o</w:t>
+      </w:r>
+      <w:r w:rsidR="00810358" w:rsidRPr="002B052C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve">p onderzoek uit </w:t>
+      </w:r>
+      <w:r w:rsidR="00266630" w:rsidRPr="002B052C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>te gaan</w:t>
+      </w:r>
+      <w:r w:rsidR="00A56032" w:rsidRPr="002B052C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> en te ontdekken in de ruimte. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="306B48B2" w14:textId="77777777" w:rsidR="002A440C" w:rsidRDefault="002A440C">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="215F35DD" w14:textId="254DB025" w:rsidR="00052E76" w:rsidRDefault="00417AE9">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Ontwikkeling van persoonlijke competentie</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5CA21A7A" w14:textId="034C382D" w:rsidR="00052E76" w:rsidRDefault="00417AE9">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:i/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>Deze term duidt op persoonskenmerken zoals veerkracht, zelfstandigheid en zelfvertrouwen, flexibiliteit en creativiteit. Dit stelt een kind in staat om allerlei typen problemen adequaat aan te pakken en zich goed aan te passen aan veranderende omstandigheden. Exploratie en spel zijn bij jonge kinderen de belangrijkste middelen om te leren en greep te krijgen op hun omgeving. Ieder kind ontwikkelt zich daarbij op zijn eigen wijze, in zijn eigen tempo en naar eigen behoefte.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61C55BC2" w14:textId="70C34058" w:rsidR="00CA6693" w:rsidRPr="002B052C" w:rsidRDefault="00F3283A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B010FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Omdat we werken met </w:t>
+      </w:r>
+      <w:r w:rsidR="00CA6693" w:rsidRPr="00B010FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">vaste leiding </w:t>
+      </w:r>
+      <w:r w:rsidR="00B17DE9" w:rsidRPr="00710032">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">kennen we ieder kind goed en </w:t>
+      </w:r>
+      <w:r w:rsidR="00EF73FE" w:rsidRPr="00710032">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">volgen </w:t>
+      </w:r>
+      <w:r w:rsidR="002F7B0D" w:rsidRPr="00710032">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">en stimuleren </w:t>
+      </w:r>
+      <w:r w:rsidR="00EF73FE" w:rsidRPr="00710032">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">we ieder kind nauwgezet in </w:t>
+      </w:r>
+      <w:r w:rsidR="00136668" w:rsidRPr="00710032">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>de</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF73FE" w:rsidRPr="00710032">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ontwikkeling. Zo </w:t>
+      </w:r>
+      <w:r w:rsidR="00CA6693" w:rsidRPr="00710032">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">weten we </w:t>
+      </w:r>
+      <w:r w:rsidR="00EF73FE" w:rsidRPr="00710032">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">precies </w:t>
+      </w:r>
+      <w:r w:rsidR="00332A90" w:rsidRPr="00710032">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>waar een kind aan toe is</w:t>
+      </w:r>
+      <w:r w:rsidR="00A70F78" w:rsidRPr="00710032">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> en </w:t>
+      </w:r>
+      <w:r w:rsidR="00CA6693" w:rsidRPr="00710032">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">welk materiaal </w:t>
+      </w:r>
+      <w:r w:rsidR="00695993" w:rsidRPr="00710032">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>passend is</w:t>
+      </w:r>
+      <w:r w:rsidR="00D771FA" w:rsidRPr="00710032">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">, maar ook waarmee </w:t>
+      </w:r>
+      <w:r w:rsidR="003C2BCD" w:rsidRPr="00710032">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">we een kind kunnen uitdagen. We bieden een kind dan ook geregeld materiaal aan, dat net een beetje moeilijker </w:t>
+      </w:r>
+      <w:r w:rsidR="00884EAD" w:rsidRPr="00710032">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>is dan waar het kind zelfstandig al mee speelt.</w:t>
+      </w:r>
+      <w:r w:rsidR="00884EAD">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CA6693" w:rsidRPr="00B010FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Als een puzzel van 9 stukjes te makkelijk word</w:t>
+      </w:r>
+      <w:r w:rsidR="00223384">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>t,</w:t>
+      </w:r>
+      <w:r w:rsidR="00CA6693" w:rsidRPr="00B010FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dan </w:t>
+      </w:r>
+      <w:r w:rsidR="00223384">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">bieden we bijvoorbeeld een puzzel van </w:t>
+      </w:r>
+      <w:r w:rsidR="00CA6693" w:rsidRPr="00B010FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>16 stukjes</w:t>
+      </w:r>
+      <w:r w:rsidR="00223384">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> aan</w:t>
+      </w:r>
+      <w:r w:rsidR="00CA6693" w:rsidRPr="00B010FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Daarbij bieden we </w:t>
+      </w:r>
+      <w:r w:rsidR="007E6D7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">eerst </w:t>
+      </w:r>
+      <w:r w:rsidR="00CA6693" w:rsidRPr="00B010FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">hulp en moedigen </w:t>
+      </w:r>
+      <w:r w:rsidR="007F354F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">we daarna </w:t>
+      </w:r>
+      <w:r w:rsidR="00CA6693" w:rsidRPr="00B010FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">aan om </w:t>
+      </w:r>
+      <w:r w:rsidR="007F354F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">het </w:t>
+      </w:r>
+      <w:r w:rsidR="00CA6693" w:rsidRPr="00B010FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>zelf te doen. Als dat dan lukt geeft dat zelfvertrouwen.</w:t>
+      </w:r>
+      <w:r w:rsidR="004F4BDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004F4BDF" w:rsidRPr="002B052C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Door </w:t>
+      </w:r>
+      <w:r w:rsidR="00F43A2F" w:rsidRPr="002B052C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">zo </w:t>
+      </w:r>
+      <w:r w:rsidR="004F4BDF" w:rsidRPr="002B052C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">aan te sluiten </w:t>
+      </w:r>
+      <w:r w:rsidR="002A4493" w:rsidRPr="002B052C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>bij</w:t>
+      </w:r>
+      <w:r w:rsidR="004F4BDF" w:rsidRPr="002B052C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de zone van de naaste ontwikkeling en </w:t>
+      </w:r>
+      <w:r w:rsidR="007E6D7D" w:rsidRPr="002B052C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">iets </w:t>
+      </w:r>
+      <w:r w:rsidR="00086393" w:rsidRPr="002B052C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>aan te bieden dat net iets moeilijker</w:t>
+      </w:r>
+      <w:r w:rsidR="007E6D7D" w:rsidRPr="002B052C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00086393" w:rsidRPr="002B052C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">is dan wat </w:t>
+      </w:r>
+      <w:r w:rsidR="007E6D7D" w:rsidRPr="002B052C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">een kind zelfstandig </w:t>
+      </w:r>
+      <w:r w:rsidR="006F1DE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">al </w:t>
+      </w:r>
+      <w:r w:rsidR="007E6D7D" w:rsidRPr="002B052C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">kan, </w:t>
+      </w:r>
+      <w:r w:rsidR="00817DD4" w:rsidRPr="002B052C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>stimuleren we het kind in zijn ontwikkeling.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5BFF903C" w14:textId="77777777" w:rsidR="00D02C74" w:rsidRPr="00817DD4" w:rsidRDefault="00CA6693" w:rsidP="00961212">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B010FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Thuishuis Bellefleur bied</w:t>
+      </w:r>
+      <w:r w:rsidR="007C53F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>t</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B010FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> speel</w:t>
+      </w:r>
+      <w:r w:rsidR="007C53F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>materialen</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B010FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> aan </w:t>
+      </w:r>
+      <w:r w:rsidR="00A9426D" w:rsidRPr="00817DD4">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">die geschikt zijn voor kinderen van </w:t>
+      </w:r>
+      <w:r w:rsidR="00583EFD" w:rsidRPr="00817DD4">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>0-4 jaar, om de lichamelijke</w:t>
+      </w:r>
+      <w:r w:rsidR="00D02C74" w:rsidRPr="00817DD4">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB7BE3" w:rsidRPr="00817DD4">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>, verstandelijke</w:t>
+      </w:r>
+      <w:r w:rsidR="00D02C74" w:rsidRPr="00817DD4">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB7BE3" w:rsidRPr="00817DD4">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>, sociale</w:t>
+      </w:r>
+      <w:r w:rsidR="00D02C74" w:rsidRPr="00817DD4">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB7BE3" w:rsidRPr="00817DD4">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>, taal</w:t>
+      </w:r>
+      <w:r w:rsidR="00D02C74" w:rsidRPr="00817DD4">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB7BE3" w:rsidRPr="00817DD4">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> en creatieve ontwikkeling te stimuleren</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00817DD4">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="0054644E" w:rsidRPr="00817DD4">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63249778" w14:textId="4DC8E6D3" w:rsidR="004656FA" w:rsidRDefault="0054644E" w:rsidP="004656FA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B010FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">De inrichting is overzichtelijk en kindvriendelijk, </w:t>
+      </w:r>
+      <w:r w:rsidR="003C2452">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">de </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B010FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">kasten </w:t>
+      </w:r>
+      <w:r w:rsidR="003C2452">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">zijn </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B010FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>op ooghoogte. Het speel</w:t>
+      </w:r>
+      <w:r w:rsidR="004656FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>materiaal</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B010FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ligt zoveel mogelijk op vaste plek</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB7F8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>ken,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B010FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> zodat </w:t>
+      </w:r>
+      <w:r w:rsidR="00DB7F8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>de kinderen</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B010FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> zelf kunnen kiezen en pakken</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB7F8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> en</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B010FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ook </w:t>
+      </w:r>
+      <w:r w:rsidR="00DB7F8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">weer </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B010FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>kunnen opruimen. Door te weten waar je favoriete speelgoed ligt en het zelf kun</w:t>
+      </w:r>
+      <w:r w:rsidR="00963D68">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>nen</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B010FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pakken</w:t>
+      </w:r>
+      <w:r w:rsidR="00963D68">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B010FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00581D4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">wordt de </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B010FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>zelfredzaamheid en zelfstandigheid</w:t>
+      </w:r>
+      <w:r w:rsidR="00581D4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> vergroot</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B010FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A2551CE" w14:textId="1EE260CE" w:rsidR="00CA6693" w:rsidRDefault="004656FA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Het</w:t>
+      </w:r>
+      <w:r w:rsidR="00CA6693" w:rsidRPr="00B010FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> speel</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>materiaal</w:t>
+      </w:r>
+      <w:r w:rsidR="00CA6693" w:rsidRPr="00B010FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> word</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB0C17">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>t</w:t>
+      </w:r>
+      <w:r w:rsidR="00CA6693" w:rsidRPr="00B010FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> regelmatig afgewisseld</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC5743">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00CA6693" w:rsidRPr="00B010FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> zodat het leuk</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC5743">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00CA6693" w:rsidRPr="00B010FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> interessant </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC5743">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">en uitdagend </w:t>
+      </w:r>
+      <w:r w:rsidR="00CA6693" w:rsidRPr="00B010FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>blijft.</w:t>
+      </w:r>
+      <w:r w:rsidR="00B010FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E95F2E3" w14:textId="6993C1EF" w:rsidR="00C803FB" w:rsidRPr="00780C8C" w:rsidRDefault="00C803FB">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00780C8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>In de speelruimte hebben we de volgende materialen:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19B516DF" w14:textId="6D4125F7" w:rsidR="00CE0152" w:rsidRDefault="009D120B" w:rsidP="00CE0152">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B010FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Er is een groot speelhuis met glijbaan</w:t>
+      </w:r>
+      <w:r w:rsidR="007731E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="007731E3" w:rsidRPr="00780C8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">wat de </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00780C8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>grove motoriek en evenwicht</w:t>
+      </w:r>
+      <w:r w:rsidR="007731E3" w:rsidRPr="00780C8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> stimuleert</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00780C8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="005532A2" w:rsidRPr="00780C8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Tegelijk leren de kinderen te </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00780C8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>wachten op hun beurt</w:t>
+      </w:r>
+      <w:r w:rsidR="00C214B8" w:rsidRPr="00780C8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>, wat de sociale ontwikkeling ondersteunt</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00780C8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="0041002D" w:rsidRPr="00780C8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> De grotere kinderen vinden het ook fijn een plekje boven in het speelhuis te hebben</w:t>
+      </w:r>
+      <w:r w:rsidR="009C6BFE">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>: het is leuk</w:t>
+      </w:r>
+      <w:r w:rsidR="0004435A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> om zich er te kunnen verstoppen, met ook de wetenschap dat de </w:t>
+      </w:r>
+      <w:r w:rsidR="00780C8C" w:rsidRPr="00780C8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>dreumesen</w:t>
+      </w:r>
+      <w:r w:rsidR="0041002D" w:rsidRPr="00780C8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> er niet bij mogen</w:t>
+      </w:r>
+      <w:r w:rsidR="003D01AF" w:rsidRPr="00780C8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Vanaf anderhalf jaar mogen de kinderen </w:t>
+      </w:r>
+      <w:r w:rsidR="00875A5C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">op het speelhuis, </w:t>
+      </w:r>
+      <w:r w:rsidR="003D01AF" w:rsidRPr="00780C8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>omdat ik het vanaf die leeftijd vertrouwd vind dat ze de trap op</w:t>
+      </w:r>
+      <w:r w:rsidR="00875A5C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003D01AF" w:rsidRPr="00780C8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">gaan. Dit gaat dan ook eerste tijd onder begeleiding. </w:t>
+      </w:r>
+      <w:r w:rsidR="00B378F6" w:rsidRPr="00780C8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Onder het speelhuis </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00780C8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>staat een tafel met krukjes en verderop het keukentje</w:t>
+      </w:r>
+      <w:r w:rsidR="00875A5C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>, met</w:t>
+      </w:r>
+      <w:r w:rsidR="00A72717" w:rsidRPr="00780C8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> daarin pannetjes</w:t>
+      </w:r>
+      <w:r w:rsidR="004247A7" w:rsidRPr="00780C8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>, k</w:t>
+      </w:r>
+      <w:r w:rsidR="00A72717" w:rsidRPr="00780C8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>opjes</w:t>
+      </w:r>
+      <w:r w:rsidR="00B378F6" w:rsidRPr="00780C8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00A72717" w:rsidRPr="00780C8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> bordjes etc.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00780C8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> De oudere peuters kunnen </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00780C8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>ontwikkelen</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        <w:t>al echt de grote mensenwereld naspelen</w:t>
+      </w:r>
+      <w:r w:rsidR="00B378F6" w:rsidRPr="00780C8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">, ze doen rollenspel </w:t>
+      </w:r>
+      <w:r w:rsidR="00F71F4C" w:rsidRPr="00780C8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>zo</w:t>
+      </w:r>
+      <w:r w:rsidR="00B378F6" w:rsidRPr="00780C8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>als “V</w:t>
+      </w:r>
+      <w:r w:rsidR="00043251" w:rsidRPr="00780C8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>ader</w:t>
+      </w:r>
+      <w:r w:rsidR="00B378F6" w:rsidRPr="00780C8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>tje</w:t>
+      </w:r>
+      <w:r w:rsidR="00043251" w:rsidRPr="00780C8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>/moeder</w:t>
+      </w:r>
+      <w:r w:rsidR="00B378F6" w:rsidRPr="00780C8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>tje”</w:t>
+      </w:r>
+      <w:r w:rsidR="00043251" w:rsidRPr="00780C8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B378F6" w:rsidRPr="00780C8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">en door </w:t>
+      </w:r>
+      <w:r w:rsidR="002C6FDE" w:rsidRPr="00780C8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>dit spel wordt</w:t>
+      </w:r>
+      <w:r w:rsidR="00E472D1" w:rsidRPr="00780C8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> hun </w:t>
+      </w:r>
+      <w:r w:rsidR="00D70CD0" w:rsidRPr="00780C8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">sociale ontwikkeling, taal, </w:t>
+      </w:r>
+      <w:r w:rsidR="00E472D1" w:rsidRPr="00780C8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>fantasie en creativiteit gestimuleerd.</w:t>
+      </w:r>
+      <w:r w:rsidR="0043770E" w:rsidRPr="00780C8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00780C8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Uiteraard hebben we ook poppen</w:t>
+      </w:r>
+      <w:r w:rsidR="00214D20" w:rsidRPr="00780C8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidR="00266630" w:rsidRPr="002B052C">
-[...24 lines deleted...]
-    <w:p w14:paraId="306B48B2" w14:textId="77777777" w:rsidR="002A440C" w:rsidRDefault="002A440C">
+      <w:r w:rsidRPr="00780C8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>een bedje en een kinderwagen</w:t>
+      </w:r>
+      <w:r w:rsidR="00214D20" w:rsidRPr="00780C8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>, die ook gebruikt worden bij de rollenspelen</w:t>
+      </w:r>
+      <w:r w:rsidR="0054644E" w:rsidRPr="00780C8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00E472D1" w:rsidRPr="00780C8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00760B46">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Vaak</w:t>
+      </w:r>
+      <w:r w:rsidR="00417E83">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E472D1" w:rsidRPr="00780C8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">als er weer een </w:t>
+      </w:r>
+      <w:r w:rsidR="00E472D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">kleine baby </w:t>
+      </w:r>
+      <w:r w:rsidR="00FD4502">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidR="00417E83">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>n de opvang is,</w:t>
+      </w:r>
+      <w:r w:rsidR="00FD4502">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> spelen ze </w:t>
+      </w:r>
+      <w:r w:rsidR="00760B46">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>weer meer</w:t>
+      </w:r>
+      <w:r w:rsidR="00FD4502">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> met de poppen. </w:t>
+      </w:r>
+      <w:r w:rsidR="0054644E" w:rsidRPr="00B010FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">De dreumesen </w:t>
+      </w:r>
+      <w:r w:rsidR="0009583F" w:rsidRPr="00B010FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>kopiëren</w:t>
+      </w:r>
+      <w:r w:rsidR="0054644E" w:rsidRPr="00B010FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> het gedrag van mij en de oudere kinderen. Ze leren veel van hun leeftijdsgenoten</w:t>
+      </w:r>
+      <w:r w:rsidR="00D71562">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="0054644E" w:rsidRPr="00B010FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> zo word hun taal en fantasie gestimuleerd.</w:t>
+      </w:r>
+      <w:r w:rsidR="000E3E8D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> A</w:t>
+      </w:r>
+      <w:r w:rsidR="007160A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>ls ze met de pop spelen</w:t>
+      </w:r>
+      <w:r w:rsidR="000E3E8D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="007160A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> benoem </w:t>
+      </w:r>
+      <w:r w:rsidR="000E3E8D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">ik </w:t>
+      </w:r>
+      <w:r w:rsidR="007160A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>dat de pop ook honger heeft of op bedje moet</w:t>
+      </w:r>
+      <w:r w:rsidR="00226201">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="007160A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> net als de baby</w:t>
+      </w:r>
+      <w:r w:rsidR="000E3E8D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00226201">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">en </w:t>
+      </w:r>
+      <w:r w:rsidR="000E3E8D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>zo word</w:t>
+      </w:r>
+      <w:r w:rsidR="00226201">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>t</w:t>
+      </w:r>
+      <w:r w:rsidR="000E3E8D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de sociaal emotionele </w:t>
+      </w:r>
+      <w:r w:rsidR="006179B6">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>ontwikkeling ondersteund.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="64D1A028" w14:textId="77777777" w:rsidR="00CE0152" w:rsidRDefault="00CE0152" w:rsidP="00CE0152">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="734655A7" w14:textId="21B78D51" w:rsidR="0054644E" w:rsidRDefault="0054644E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B010FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>In de kast staan bakken met onder andere duplo</w:t>
+      </w:r>
+      <w:r w:rsidR="00D70CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B010FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> aut</w:t>
+      </w:r>
+      <w:r w:rsidR="00D70CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>o’</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B010FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="00D70CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> en</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B010FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0009583F" w:rsidRPr="00B010FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>smart max</w:t>
+      </w:r>
+      <w:r w:rsidR="00D70CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B010FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ook dit word</w:t>
+      </w:r>
+      <w:r w:rsidR="004656FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>t</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B010FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D70CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">geregeld </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B010FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>afgewisseld</w:t>
+      </w:r>
+      <w:r w:rsidR="008347C1" w:rsidRPr="00B010FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="0000054B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D70CD0" w:rsidRPr="0056172C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Deze materialen </w:t>
+      </w:r>
+      <w:r w:rsidR="00106B9A" w:rsidRPr="0056172C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>stimuleren</w:t>
+      </w:r>
+      <w:r w:rsidR="0000054B" w:rsidRPr="0056172C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de</w:t>
+      </w:r>
+      <w:r w:rsidR="00106B9A" w:rsidRPr="0056172C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> fijne motoriek,</w:t>
+      </w:r>
+      <w:r w:rsidR="0000054B" w:rsidRPr="0056172C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001965F2" w:rsidRPr="0056172C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">de </w:t>
+      </w:r>
+      <w:r w:rsidR="0000054B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">oog hand </w:t>
+      </w:r>
+      <w:r w:rsidR="00106B9A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>coördinatie</w:t>
+      </w:r>
+      <w:r w:rsidR="0000054B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> en creativiteit</w:t>
+      </w:r>
+      <w:r w:rsidR="00146C8A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> We hebben ook puzzels voor verschillende leeftijden</w:t>
+      </w:r>
+      <w:r w:rsidR="001965F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidR="00146C8A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">houten </w:t>
+      </w:r>
+      <w:r w:rsidR="001965F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">puzzels </w:t>
+      </w:r>
+      <w:r w:rsidR="00146C8A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">voor de dreumesen en kartonnen </w:t>
+      </w:r>
+      <w:r w:rsidR="001965F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">puzzels </w:t>
+      </w:r>
+      <w:r w:rsidR="00146C8A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>met verschillende hoeveelheden stukjes</w:t>
+      </w:r>
+      <w:r w:rsidR="001965F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> voor de grotere kinderen</w:t>
+      </w:r>
+      <w:r w:rsidR="00146C8A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>. Ook hebben we grote kralen om te rijgen.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4CA44F1A" w14:textId="327BC6DA" w:rsidR="000E3E8D" w:rsidRPr="00BA5D00" w:rsidRDefault="00CC2C1F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA5D00">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Er zijn ook materialen die ik af en toe </w:t>
+      </w:r>
+      <w:r w:rsidR="00A222CF" w:rsidRPr="00BA5D00">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">in de ruimte zet, op deze manier </w:t>
+      </w:r>
+      <w:r w:rsidR="000E3E8D" w:rsidRPr="00BA5D00">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>blijft het nieuw</w:t>
+      </w:r>
+      <w:r w:rsidR="00773982" w:rsidRPr="00BA5D00">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> en prikkelt het de nieuwsgierigheid en interesse</w:t>
+      </w:r>
+      <w:r w:rsidR="000E3E8D" w:rsidRPr="00BA5D00">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Zo </w:t>
+      </w:r>
+      <w:r w:rsidR="000152AB" w:rsidRPr="00BA5D00">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">pak ik af en toe </w:t>
+      </w:r>
+      <w:r w:rsidR="00977A59">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">de </w:t>
+      </w:r>
+      <w:r w:rsidR="000152AB" w:rsidRPr="00BA5D00">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>verkleedkleding</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA5D00" w:rsidRPr="00BA5D00">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00977A59">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>erbij of</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA5D00" w:rsidRPr="00BA5D00">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000E3E8D" w:rsidRPr="00BA5D00">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">zet ik </w:t>
+      </w:r>
+      <w:r w:rsidR="00977A59">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">tijdens </w:t>
+      </w:r>
+      <w:r w:rsidR="000E3E8D" w:rsidRPr="00BA5D00">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>een hele erge regendag de tent wel eens op binnen</w:t>
+      </w:r>
+      <w:r w:rsidR="0095224A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidR="00BA5D00" w:rsidRPr="00BA5D00">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>dit</w:t>
+      </w:r>
+      <w:r w:rsidR="000E3E8D" w:rsidRPr="00BA5D00">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> vinden </w:t>
+      </w:r>
+      <w:r w:rsidR="0095224A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>de kinderen</w:t>
+      </w:r>
+      <w:r w:rsidR="000E3E8D" w:rsidRPr="00BA5D00">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> geweldig.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27577920" w14:textId="77777777" w:rsidR="00CE0152" w:rsidRDefault="008347C1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B010FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Voor de baby`s hebben we hoge boxen</w:t>
+      </w:r>
+      <w:r w:rsidR="000C4D5D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B010FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> waar we een spiegel in hebben of een </w:t>
+      </w:r>
+      <w:r w:rsidR="0009583F" w:rsidRPr="00B010FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>baby gym</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B010FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="000C4D5D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Ook liggen er een</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B010FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> knisperboekje</w:t>
+      </w:r>
+      <w:r w:rsidR="000C4D5D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B010FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>een knuffel</w:t>
+      </w:r>
+      <w:r w:rsidR="000C4D5D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B010FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>rammelaar</w:t>
+      </w:r>
+      <w:r w:rsidR="000C4D5D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> en</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B010FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> bijtsleutels.</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC4BD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00134911">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Verder is er een</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC4BD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> opblaasmat met water en vissen</w:t>
+      </w:r>
+      <w:r w:rsidR="00134911">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B010FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009C0D8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>We zorgen ervoor dat er niet teveel tegelijk aan materialen ligt</w:t>
+      </w:r>
+      <w:r w:rsidR="009734BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">, dan </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B010FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">zijn ze teveel afgeleid. </w:t>
+      </w:r>
+      <w:r w:rsidR="000C4D5D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Baby’s </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B010FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">kunnen zich prima vermaken met </w:t>
+      </w:r>
+      <w:r w:rsidR="009734BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>één</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B010FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ding. D</w:t>
+      </w:r>
+      <w:r w:rsidR="0067759F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">e </w:t>
+      </w:r>
+      <w:r w:rsidR="000C4D5D" w:rsidRPr="009C0D8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">genoemde </w:t>
+      </w:r>
+      <w:r w:rsidR="0067759F" w:rsidRPr="009C0D8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>materialen prikkelen de</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009C0D8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> zintuigen</w:t>
+      </w:r>
+      <w:r w:rsidR="000C4D5D" w:rsidRPr="009C0D8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>, de baby’s kunnen voelen, kijken, proeven en pakken</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009C0D8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> en </w:t>
+      </w:r>
+      <w:r w:rsidR="000C4D5D" w:rsidRPr="009C0D8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">dit </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009C0D8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">stimuleert </w:t>
+      </w:r>
+      <w:r w:rsidR="000C4D5D" w:rsidRPr="009C0D8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>hun</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009C0D8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sensomotorische </w:t>
+      </w:r>
+      <w:r w:rsidR="000C4D5D" w:rsidRPr="009C0D8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">en verstandelijke </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009C0D8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>ontwikkeling.</w:t>
+      </w:r>
+      <w:r w:rsidR="0000054B" w:rsidRPr="009C0D8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Af en toe leggen we de baby even bij ons op een kleed op de grond</w:t>
+      </w:r>
+      <w:r w:rsidR="000C4D5D" w:rsidRPr="009C0D8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="0000054B" w:rsidRPr="009C0D8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dan mag het op de buik onder toezicht</w:t>
+      </w:r>
+      <w:r w:rsidR="00B01FCC" w:rsidRPr="009C0D8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">, om de </w:t>
+      </w:r>
+      <w:r w:rsidR="0000054B" w:rsidRPr="009C0D8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>grove motoriek</w:t>
+      </w:r>
+      <w:r w:rsidR="00B01FCC" w:rsidRPr="009C0D8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> te stimuleren</w:t>
+      </w:r>
+      <w:r w:rsidR="0000054B" w:rsidRPr="009C0D8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE0152">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0AC53E92" w14:textId="17AD9E40" w:rsidR="009C0D8C" w:rsidRPr="009C0D8C" w:rsidRDefault="00466C05">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Voor de </w:t>
+      </w:r>
+      <w:r w:rsidR="00CE0152" w:rsidRPr="00CE0152">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">dreumesen </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">is er </w:t>
+      </w:r>
+      <w:r w:rsidR="00CE0152" w:rsidRPr="00CE0152">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">een loopkarretje, waar ze mooi </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">mee </w:t>
+      </w:r>
+      <w:r w:rsidR="00CE0152" w:rsidRPr="00CE0152">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>kunnen oefenen om zelf te lopen</w:t>
+      </w:r>
+      <w:r w:rsidR="00C36455">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>, om zo de grove motoriek verder te bevorderen</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE0152" w:rsidRPr="00CE0152">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41122193" w14:textId="50F0F8EF" w:rsidR="008347C1" w:rsidRPr="005C5692" w:rsidRDefault="008347C1" w:rsidP="00E45C60">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B010FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Als we gaan verven of kleuren pak ik de benodigde materialen en </w:t>
+      </w:r>
+      <w:r w:rsidR="009734BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">zitten we </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B010FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>aan de grote tafel</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00535310">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="0022198D" w:rsidRPr="00535310">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Er zijn</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00535310">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dikke potloden voor de </w:t>
+      </w:r>
+      <w:r w:rsidR="00C474B1" w:rsidRPr="00535310">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>jongere kinderen</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00535310">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> en stiften en wasco voor de oudere</w:t>
+      </w:r>
+      <w:r w:rsidR="00112AFA" w:rsidRPr="00535310">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> kinderen</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00535310">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00D66719" w:rsidRPr="00535310">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">De </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00535310">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>fijne motoriek</w:t>
+      </w:r>
+      <w:r w:rsidR="00D66719" w:rsidRPr="00535310">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB4D34" w:rsidRPr="00535310">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>fantasie en creativiteit</w:t>
+      </w:r>
+      <w:r w:rsidR="00D66719" w:rsidRPr="00535310">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> worden hierbij gestimuleerd</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB4D34" w:rsidRPr="00535310">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40997D94" w14:textId="38D3D7B4" w:rsidR="00EB4D34" w:rsidRPr="00B010FA" w:rsidRDefault="00EB4D34">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>De kleurplaten die de kinderen aan mij geven hang ik aan de deur in de opvangruimte</w:t>
+      </w:r>
+      <w:r w:rsidR="001E14D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">, maar meestal </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>kunnen ze niet wachten om het aan papa of mama te geven.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4AB5E0DE" w14:textId="0143CA03" w:rsidR="008347C1" w:rsidRDefault="00484C67">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E45C60">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">We dansen vaak op </w:t>
+      </w:r>
+      <w:r w:rsidR="0083079B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>kinderliedjes</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00535310">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> en </w:t>
+      </w:r>
+      <w:r w:rsidR="00E45C60" w:rsidRPr="00535310">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">zingen </w:t>
+      </w:r>
+      <w:r w:rsidR="0067759F" w:rsidRPr="00535310">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">er </w:t>
+      </w:r>
+      <w:r w:rsidR="00E45C60" w:rsidRPr="00535310">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">dan ook </w:t>
+      </w:r>
+      <w:r w:rsidR="0067759F" w:rsidRPr="00535310">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>bij</w:t>
+      </w:r>
+      <w:r w:rsidR="00E45C60" w:rsidRPr="00535310">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00535310">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Als ik meedoe</w:t>
+      </w:r>
+      <w:r w:rsidR="00E45C60" w:rsidRPr="00535310">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00535310">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0067759F" w:rsidRPr="00535310">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">bedenk ik vaak bijzondere oefeningen, zoals </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00535310">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">op </w:t>
+      </w:r>
+      <w:r w:rsidR="00535310">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>één</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00535310">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> been staan of huppelen</w:t>
+      </w:r>
+      <w:r w:rsidR="0067759F" w:rsidRPr="00535310">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">. De kinderen willen me dan </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00535310">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>nadoen</w:t>
+      </w:r>
+      <w:r w:rsidR="0067759F" w:rsidRPr="00535310">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00535310">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> wat best moeilijk is op die leeftijd. Maar ik vind het geweldig om te zien en zo hebben we samen veel lol</w:t>
+      </w:r>
+      <w:r w:rsidR="0067759F" w:rsidRPr="00535310">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>! On</w:t>
+      </w:r>
+      <w:r w:rsidR="00E45C60" w:rsidRPr="00535310">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">dertussen ondersteunt dit de </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB4D34" w:rsidRPr="00E45C60">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">grove motoriek. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1FC01DB9" w14:textId="22211FD6" w:rsidR="008F7D1E" w:rsidRDefault="002D360B" w:rsidP="008F7D1E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B010FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>We hebben veel boek</w:t>
+      </w:r>
+      <w:r w:rsidR="005831DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>en</w:t>
+      </w:r>
+      <w:r w:rsidR="007E41F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00FD4502">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> waaronder</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B010FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> een aantal kartonnen boekjes die iedereen kan pakken.</w:t>
+      </w:r>
+      <w:r w:rsidR="004C59D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Vaak komt een kindje met een boekje naar me toe en dan bekijken we die samen.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B010FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00781E6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Op een hogere plank</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B010FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> staan de mooie prentenboeken voor de grotere kinderen en voorleesboeken</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E41F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB4D34" w:rsidRPr="007E41F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D10B93">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>De</w:t>
+      </w:r>
+      <w:r w:rsidR="00F13898">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D10B93">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">kinderen worden </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB4D34" w:rsidRPr="0077702A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">in de </w:t>
+      </w:r>
+      <w:r w:rsidR="00F13898">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>ochtend</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD745E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> na of tijdens het fruit eten</w:t>
+      </w:r>
+      <w:r w:rsidR="00F13898">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> en in de middag </w:t>
+      </w:r>
+      <w:r w:rsidR="00743EF1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>voorgelezen,</w:t>
+      </w:r>
+      <w:r w:rsidR="00743EF1" w:rsidRPr="008F7D1E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> het</w:t>
+      </w:r>
+      <w:r w:rsidR="001A5892" w:rsidRPr="008F7D1E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> bevorder</w:t>
+      </w:r>
+      <w:r w:rsidR="00D46A95" w:rsidRPr="008F7D1E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>t</w:t>
+      </w:r>
+      <w:r w:rsidR="00287763" w:rsidRPr="008F7D1E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00287763" w:rsidRPr="0077702A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>de taal</w:t>
+      </w:r>
+      <w:r w:rsidR="00A23FE4">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">- en verstandelijke </w:t>
+      </w:r>
+      <w:r w:rsidR="00287763" w:rsidRPr="0077702A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>ontwikkeling.</w:t>
+      </w:r>
+      <w:r w:rsidR="00DC28C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> De kinderen genieten hier zichtbaar van en vaak zeggen ze nog een boekje</w:t>
+      </w:r>
+      <w:r w:rsidR="00743EF1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3CCA0DB7" w14:textId="41417AD9" w:rsidR="00617071" w:rsidRPr="00766298" w:rsidRDefault="008F7D1E" w:rsidP="00617071">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00766298">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Ook zingen</w:t>
+      </w:r>
+      <w:r w:rsidR="00A52635" w:rsidRPr="00766298">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ondersteunt de taalontwikkeling, </w:t>
+      </w:r>
+      <w:r w:rsidR="00766298">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">dit doen we vaak </w:t>
+      </w:r>
+      <w:r w:rsidR="00A52635" w:rsidRPr="00766298">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">tijdens het wandelen. De liedjes gaan dan over de </w:t>
+      </w:r>
+      <w:r w:rsidR="00617071" w:rsidRPr="00766298">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>dingen die we tegen komen</w:t>
+      </w:r>
+      <w:r w:rsidR="00F9339E" w:rsidRPr="00766298">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">, zoals bij schapen </w:t>
+      </w:r>
+      <w:r w:rsidR="00F9339E" w:rsidRPr="0017090C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>“S</w:t>
+      </w:r>
+      <w:r w:rsidR="00617071" w:rsidRPr="0017090C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>chaapje</w:t>
+      </w:r>
+      <w:r w:rsidR="00F9339E" w:rsidRPr="0017090C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>, schaapje</w:t>
+      </w:r>
+      <w:r w:rsidR="00617071" w:rsidRPr="0017090C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> heb je witte wol</w:t>
+      </w:r>
+      <w:r w:rsidR="00766298" w:rsidRPr="0017090C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+      <w:r w:rsidR="00766298" w:rsidRPr="00766298">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">, bij eenden </w:t>
+      </w:r>
+      <w:r w:rsidR="00766298" w:rsidRPr="0017090C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>“A</w:t>
+      </w:r>
+      <w:r w:rsidR="00617071" w:rsidRPr="0017090C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>lle eendjes zwemmen in het water</w:t>
+      </w:r>
+      <w:r w:rsidR="00766298" w:rsidRPr="0017090C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+      <w:r w:rsidR="00766298" w:rsidRPr="00766298">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> en bij regen </w:t>
+      </w:r>
+      <w:r w:rsidR="00766298" w:rsidRPr="0017090C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>“H</w:t>
+      </w:r>
+      <w:r w:rsidR="00617071" w:rsidRPr="0017090C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>et regent</w:t>
+      </w:r>
+      <w:r w:rsidR="00766298" w:rsidRPr="0017090C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+      <w:r w:rsidR="00617071" w:rsidRPr="00766298">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06F6D3DB" w14:textId="203130D6" w:rsidR="00CE098C" w:rsidRDefault="00484C67" w:rsidP="00CE098C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B010FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>In de buitenruimte staat een huisje met glijbaan en een houten speelhuisje.</w:t>
+      </w:r>
+      <w:r w:rsidR="002D360B" w:rsidRPr="00B010FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> E</w:t>
+      </w:r>
+      <w:r w:rsidR="002A63B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>r</w:t>
+      </w:r>
+      <w:r w:rsidR="002D360B" w:rsidRPr="00B010FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> word</w:t>
+      </w:r>
+      <w:r w:rsidR="0067759F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>t</w:t>
+      </w:r>
+      <w:r w:rsidR="00A52FDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ook</w:t>
+      </w:r>
+      <w:r w:rsidR="002D360B" w:rsidRPr="00B010FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> vaak met de bal gespeeld.</w:t>
+      </w:r>
+      <w:r w:rsidR="00A52FDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00FC3093">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Verder</w:t>
+      </w:r>
+      <w:r w:rsidR="00A52FDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> zijn er driewielers</w:t>
+      </w:r>
+      <w:r w:rsidR="00E629E7">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00A52FDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> loopauto</w:t>
+      </w:r>
+      <w:r w:rsidR="00F24D7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>’</w:t>
+      </w:r>
+      <w:r w:rsidR="00A52FDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>s en tractors</w:t>
+      </w:r>
+      <w:r w:rsidR="00E629E7">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00574932">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> In de tuin is een</w:t>
+      </w:r>
+      <w:r w:rsidR="00A52FDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> lang </w:t>
+      </w:r>
+      <w:r w:rsidR="00574932">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">bestraat </w:t>
+      </w:r>
+      <w:r w:rsidR="00A52FDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>pad</w:t>
+      </w:r>
+      <w:r w:rsidR="00574932">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">, waar </w:t>
+      </w:r>
+      <w:r w:rsidR="003F28F8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">goed </w:t>
+      </w:r>
+      <w:r w:rsidR="00574932">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>op ge</w:t>
+      </w:r>
+      <w:r w:rsidR="00261863">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>reden</w:t>
+      </w:r>
+      <w:r w:rsidR="00574932">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> kan worden</w:t>
+      </w:r>
+      <w:r w:rsidR="00A52FDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="002D360B" w:rsidRPr="00B010FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00261863">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Deze activiteiten ondersteunen de grove motoriek.</w:t>
+      </w:r>
+      <w:r w:rsidR="009B3FAE">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="782D5F02" w14:textId="67CCED40" w:rsidR="00CE098C" w:rsidRPr="00B010FA" w:rsidRDefault="00CE098C">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B010FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Met warm weer spelen we met water</w:t>
+      </w:r>
+      <w:r w:rsidR="009B3FAE">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>, wat creativiteit en fantasie stimuleert</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B010FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="356D8D1D" w14:textId="2A8DB6EF" w:rsidR="002D360B" w:rsidRPr="00B010FA" w:rsidRDefault="00A625B2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">We gaan er geregeld met de </w:t>
+      </w:r>
+      <w:r w:rsidR="002D360B" w:rsidRPr="00B010FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">bolderkar op uit. De groteren mogen dan op veilig terrein zelf lopen. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE098C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>We hebben hiervoor goede afspraken gemaakt</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>, ze</w:t>
+      </w:r>
+      <w:r w:rsidR="002D360B" w:rsidRPr="00B010FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> moeten dan goed luisteren</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="002D360B" w:rsidRPr="00B010FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">ze weten dat ze anders weer in de </w:t>
+      </w:r>
+      <w:r w:rsidR="002D360B" w:rsidRPr="00B010FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>kar</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> gaan</w:t>
+      </w:r>
+      <w:r w:rsidR="00C1150E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> zitten</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>; dit</w:t>
+      </w:r>
+      <w:r w:rsidR="002D360B" w:rsidRPr="00B010FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> leren ze heel snel. Sommige 3 jarigen lopen </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">op den duur </w:t>
+      </w:r>
+      <w:r w:rsidR="002D360B" w:rsidRPr="00B010FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>wel 2,5 km</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">! </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14631464" w14:textId="7FFD868E" w:rsidR="004A255C" w:rsidRPr="00C96485" w:rsidRDefault="00715069" w:rsidP="004A255C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B010FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">In </w:t>
+      </w:r>
+      <w:r w:rsidR="00AF4F44">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>T</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B010FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>huishuis Bellef</w:t>
+      </w:r>
+      <w:r w:rsidR="00A3493C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>l</w:t>
+      </w:r>
+      <w:r w:rsidR="00096AF4">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>eu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B010FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">r </w:t>
+      </w:r>
+      <w:r w:rsidR="002F51CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">zijn </w:t>
+      </w:r>
+      <w:r w:rsidR="002F51CB" w:rsidRPr="00C96485">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">veel bekende leeftijdsgenootjes aanwezig en er </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C96485">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>ontstaan soms al hechte vriendschappen.</w:t>
+      </w:r>
+      <w:r w:rsidR="00F43A7D" w:rsidRPr="00C96485">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C96485">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Doordat </w:t>
+      </w:r>
+      <w:r w:rsidR="00B93111" w:rsidRPr="00C96485">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>de kinderen</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C96485">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> elkaar goed kennen zijn ze op de hoogte van elkaars voorkeuren of mogelijkheden, waardoor ze makkelijker verder gaan in het spel waar ze vorige keer gebleven zijn. Als het kan laat ik een bouwwerk staan</w:t>
+      </w:r>
+      <w:r w:rsidR="002F51CB" w:rsidRPr="00C96485">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C96485">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> zodat ze </w:t>
+      </w:r>
+      <w:r w:rsidR="00EF7447">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">er </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C96485">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">de volgende keer </w:t>
+      </w:r>
+      <w:r w:rsidR="00EF7447">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">mee </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C96485">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>verder kunnen.</w:t>
+      </w:r>
+      <w:r w:rsidR="00F202F1" w:rsidRPr="00C96485">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Hierdoor verhoogt het niveau van spelen zich.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41FE2C97" w14:textId="626C68BE" w:rsidR="00715069" w:rsidRPr="00B010FA" w:rsidRDefault="00715069">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C96485">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Door samen te </w:t>
+      </w:r>
+      <w:r w:rsidR="00A625B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">zijn en te </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C96485">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">spelen leren </w:t>
+      </w:r>
+      <w:r w:rsidR="00EF4289">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>de kinderen</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C96485">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> veel van elkaar. </w:t>
+      </w:r>
+      <w:r w:rsidR="00AA1104" w:rsidRPr="00C96485">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Niet alleen in spel, maar ook </w:t>
+      </w:r>
+      <w:r w:rsidR="00AA1104">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">op het gebied van </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B010FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>zelfstandigheid</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF4289">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">; bijvoorbeeld </w:t>
+      </w:r>
+      <w:r w:rsidR="00EF4289" w:rsidRPr="00A625B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A625B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">oor zelf </w:t>
+      </w:r>
+      <w:r w:rsidR="00A625B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>hun</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A625B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> jas aan te willen doen</w:t>
+      </w:r>
+      <w:r w:rsidR="00A625B2" w:rsidRPr="00A625B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A625B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> als ze zien </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D46A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">dat </w:t>
+      </w:r>
+      <w:r w:rsidR="00A625B2" w:rsidRPr="00D46A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>een ander kind dit</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D46A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> doet</w:t>
+      </w:r>
+      <w:r w:rsidR="00A625B2" w:rsidRPr="00D46A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D46A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> willen ze </w:t>
+      </w:r>
+      <w:r w:rsidR="00A625B2" w:rsidRPr="00D46A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">het </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D46A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">zelf ook </w:t>
+      </w:r>
+      <w:r w:rsidR="00A625B2" w:rsidRPr="00D46A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">graag </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D46A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>proberen.</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB4F7E" w:rsidRPr="00D46A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D46A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Hetzelfde geld</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB4F7E" w:rsidRPr="00D46A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>t</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D46A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> voor zindelijk worden</w:t>
+      </w:r>
+      <w:r w:rsidR="00A625B2" w:rsidRPr="00D46A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D46A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ze zijn allemaal nieuwsgierig wat er achter de </w:t>
+      </w:r>
+      <w:r w:rsidR="00D54896" w:rsidRPr="00D46A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>W</w:t>
+      </w:r>
+      <w:r w:rsidR="00D54896">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>c</w:t>
+      </w:r>
+      <w:r w:rsidR="00D54896" w:rsidRPr="00D46A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>-deur</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D46A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> gebeur</w:t>
+      </w:r>
+      <w:r w:rsidR="00A625B2" w:rsidRPr="00D46A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>t en</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D46A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> zo zien ze dat iemand naar de </w:t>
+      </w:r>
+      <w:r w:rsidR="00D54896">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>WC</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D46A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> gaat en geen luier meer om heeft. </w:t>
+      </w:r>
+      <w:r w:rsidR="00A625B2" w:rsidRPr="00D46A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Ik roep hierbij ook</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D46A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> altijd</w:t>
+      </w:r>
+      <w:r w:rsidR="00A625B2" w:rsidRPr="00D46A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>: “A</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D46A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">ls je 3 </w:t>
+      </w:r>
+      <w:r w:rsidR="00A625B2" w:rsidRPr="00D46A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">jaar </w:t>
+      </w:r>
+      <w:r w:rsidR="00267745" w:rsidRPr="00D46A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>wordt,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D46A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ben je te groot voor een luier</w:t>
+      </w:r>
+      <w:r w:rsidR="00267745" w:rsidRPr="00D46A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+      <w:r w:rsidR="002D02DC" w:rsidRPr="00D46A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00267745" w:rsidRPr="00D46A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Vaak gaan </w:t>
+      </w:r>
+      <w:r w:rsidR="002D02DC" w:rsidRPr="00D46A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">de ouders hier in mee en als het dan lukt is </w:t>
+      </w:r>
+      <w:r w:rsidR="00581A53">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">het </w:t>
+      </w:r>
+      <w:r w:rsidR="002D02DC" w:rsidRPr="00D46A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">heel mooi. </w:t>
+      </w:r>
+      <w:r w:rsidR="00267745" w:rsidRPr="00D46A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">De kinderen zijn dan heel </w:t>
+      </w:r>
+      <w:r w:rsidR="002D02DC" w:rsidRPr="00D46A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">trots, </w:t>
+      </w:r>
+      <w:r w:rsidR="002D02DC" w:rsidRPr="00B010FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>want ze voelen zich groot en nog meer zelfstandig.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51DEA731" w14:textId="77777777" w:rsidR="00052E76" w:rsidRDefault="00052E76">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0F8D9D33" w14:textId="77777777" w:rsidR="00052E76" w:rsidRDefault="00417AE9">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...1 lines deleted...]
-      <w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
           <w:sz w:val="28"/>
         </w:rPr>
-      </w:pPr>
-[...8 lines deleted...]
-    <w:p w14:paraId="5CA21A7A" w14:textId="034C382D" w:rsidR="00052E76" w:rsidRDefault="00417AE9">
+        <w:t>Ontwikkeling van sociale competentie</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="46D4777B" w14:textId="77777777" w:rsidR="00052E76" w:rsidRDefault="00417AE9">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
           <w:i/>
         </w:rPr>
-        <w:t>Deze term duidt op persoonskenmerken zoals veerkracht, zelfstandigheid en zelfvertrouwen, flexibiliteit en creativiteit. Dit stelt een kind in staat om allerlei typen problemen adequaat aan te pakken en zich goed aan te passen aan veranderende omstandigheden. Exploratie en spel zijn bij jonge kinderen de belangrijkste middelen om te leren en greep te krijgen op hun omgeving. Ieder kind ontwikkelt zich daarbij op zijn eigen wijze, in zijn eigen tempo en naar eigen behoefte.</w:t>
-[...54 lines deleted...]
-          <w:iCs/>
+        <w:t xml:space="preserve">Dit begrip omvat sociale kennis en vaardigheden, bijvoorbeeld zich in een ander kunnen verplaatsen, conflicten voorkomen en oplossen, het ontwikkelen van sociale verantwoordelijkheid. Een kind in een groep heeft te maken met andere kinderen en dat betekent dat ze leren rekening houden met elkaar en gaan ontdekken dat “samen dingen doen” leuk is. Deze interactie met leeftijdgenoten, het deel zijn van een groep en het deelnemen aan groepsgebeurtenissen, biedt kinderen een leeromgeving voor het opdoen van sociale competentie. Het geeft </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:i/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>aan kinderen kansen om zich te ontwikkelen tot personen die goed functioneren in de samenleving.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2737E9E4" w14:textId="77777777" w:rsidR="00A90182" w:rsidRDefault="00A90182">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="40233EA2" w14:textId="7D2C4AA0" w:rsidR="00542C47" w:rsidRDefault="00417AE9">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00573342">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t>In</w:t>
+      </w:r>
+      <w:r w:rsidR="000E383E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Thuishuis Bellefleur </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00573342">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve">zorg ik </w:t>
+      </w:r>
+      <w:r w:rsidR="002D02DC" w:rsidRPr="00573342">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ervoor dat </w:t>
+      </w:r>
+      <w:r w:rsidR="00B576BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve">iedereen zich </w:t>
+      </w:r>
+      <w:r w:rsidR="002D02DC" w:rsidRPr="00573342">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve">tijdens vrij spel vermaakt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27F36EE4" w14:textId="620049FC" w:rsidR="00542C47" w:rsidRDefault="00287763" w:rsidP="00542C47">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A274D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve">In de opvangruimte </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD57AD" w:rsidRPr="005A274D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve">zijn diverse speelplekken waar de kinderen elkaar tegen kunnen komen en zo </w:t>
+      </w:r>
+      <w:r w:rsidR="00B576BF" w:rsidRPr="005A274D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve">tijdens het spelen </w:t>
+      </w:r>
+      <w:r w:rsidR="004264B0" w:rsidRPr="005A274D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t>contact</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD57AD" w:rsidRPr="005A274D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> maken</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC4929" w:rsidRPr="005A274D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> met elkaar</w:t>
+      </w:r>
+      <w:r w:rsidR="004264B0" w:rsidRPr="005A274D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="004264B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Vaak </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD57AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve">zoeken </w:t>
+      </w:r>
+      <w:r w:rsidR="004264B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve">kinderen met </w:t>
+      </w:r>
+      <w:r w:rsidR="00EC4929">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
         </w:rPr>
         <w:t>de</w:t>
       </w:r>
-      <w:r w:rsidR="00EF73FE" w:rsidRPr="00710032">
-[...30 lines deleted...]
-          <w:iCs/>
+      <w:r w:rsidR="004264B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t>zelfde leeftijd</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD57AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> elkaar op in een hoekje waar ze samen kunnen spelen</w:t>
+      </w:r>
+      <w:r w:rsidR="004264B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D55D94F" w14:textId="1B40E36C" w:rsidR="00725A9B" w:rsidRDefault="004264B0" w:rsidP="00542C47">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve">De </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD57AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t>jongste kinderen</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> die </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD57AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve">nog </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t>kruipen zijn ook wel op de vloer</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD57AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> maar soms botst</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD57AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve">het </w:t>
+      </w:r>
+      <w:r w:rsidR="00C1150E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve">met de groteren </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t>en dan is het fijn dat ze zelf even rustig in de box kunnen spelen.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="642F6D18" w14:textId="6AECDBCA" w:rsidR="00542C47" w:rsidRPr="00573342" w:rsidRDefault="00542C47" w:rsidP="00542C47">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Dreumesen kunnen wel eens “in de weg” </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00573342">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve">staan </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t>bij het spel van</w:t>
+      </w:r>
+      <w:r w:rsidR="00933B49">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de peuters</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00573342">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t>Ik leg dan uit dat hij/zij hen lief vind</w:t>
+      </w:r>
+      <w:r w:rsidR="005456A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t>t</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00573342">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> en graag wil kijken wat ze doen</w:t>
+      </w:r>
+      <w:r w:rsidR="00933B49">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t>. Da</w:t>
+      </w:r>
+      <w:r w:rsidR="00096AF4">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t>n probeer ik de dreumes tot iets</w:t>
+      </w:r>
+      <w:r w:rsidR="00933B49">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> anders te verleiden</w:t>
+      </w:r>
+      <w:r w:rsidR="00FD2793">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00933B49">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> zodat de groten verder kunnen spelen.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00573342">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F33E5C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve">De </w:t>
+      </w:r>
+      <w:r w:rsidR="00933B49">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t>peuters</w:t>
+      </w:r>
+      <w:r w:rsidR="00F33E5C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00573342">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve">spelen graag onder het speelhuis of de hoge box, dat is dan hun huis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="601C60A7" w14:textId="77777777" w:rsidR="00933B49" w:rsidRDefault="002D02DC">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00573342">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve">De grotere kinderen overleggen vaak al wel samen wat ze willen doen. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27AB9561" w14:textId="023455F7" w:rsidR="008D7DB9" w:rsidRDefault="002D02DC" w:rsidP="00C76DEF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00573342">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Doordat ik me niet </w:t>
+      </w:r>
+      <w:r w:rsidR="00A90182">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t>direct</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00573342">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> met het spel bemoei</w:t>
+      </w:r>
+      <w:r w:rsidR="00FD2793">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00573342">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> leren </w:t>
+      </w:r>
+      <w:r w:rsidR="00FD2793">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t>de kinderen</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00573342">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> al heel zelfstandig te spelen</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A274D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD57AD" w:rsidRPr="005A274D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t>Af en toe</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A274D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> zijn ze het niet eens of willen </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD57AD" w:rsidRPr="005A274D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ze </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A274D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve">elkaars speelgoed hebben. Dan kijk ik eerst toe of ze </w:t>
+      </w:r>
+      <w:r w:rsidR="00E52FD4" w:rsidRPr="005A274D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t>de onenigheid</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A274D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> zelf op kunnen lossen</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD57AD" w:rsidRPr="005A274D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, als dit niet lukt, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00573342">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t>bemiddel ik.</w:t>
+      </w:r>
+      <w:r w:rsidR="00D70FBB">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008B1FB5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve">We proberen ons dan altijd in de situatie van het kind in te leven en de kinderen zelf mee te laten </w:t>
+      </w:r>
+      <w:r w:rsidR="00243E66">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve">denken en </w:t>
+      </w:r>
+      <w:r w:rsidR="008B1FB5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t>praten</w:t>
+      </w:r>
+      <w:r w:rsidR="00243E66">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in mogelijke oplossingen</w:t>
+      </w:r>
+      <w:r w:rsidR="008B1FB5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t>. De kinderen leren dan aardig tegen elkaar te doen</w:t>
+      </w:r>
+      <w:r w:rsidR="0006434B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, bijvoorbeeld door </w:t>
+      </w:r>
+      <w:r w:rsidR="008B1FB5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve">te vragen of </w:t>
+      </w:r>
+      <w:r w:rsidR="00D2755F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>ze</w:t>
+      </w:r>
+      <w:r w:rsidR="008B1FB5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> iets m</w:t>
+      </w:r>
+      <w:r w:rsidR="00D2755F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t>ogen hebben</w:t>
+      </w:r>
+      <w:r w:rsidR="00C76DEF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0006434B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve">in plaats van het af te pakken. </w:t>
+      </w:r>
+      <w:r w:rsidR="006265CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ze leren te </w:t>
+      </w:r>
+      <w:r w:rsidR="001522A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve">delen of samen ergens mee </w:t>
+      </w:r>
+      <w:r w:rsidR="006265CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve">te </w:t>
+      </w:r>
+      <w:r w:rsidR="001522A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve">spelen. </w:t>
+      </w:r>
+      <w:r w:rsidR="006265CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ik begeleidt hen </w:t>
+      </w:r>
+      <w:r w:rsidR="00C76DEF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve">hierbij </w:t>
+      </w:r>
+      <w:r w:rsidR="006265CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve">dan, door als voorbeeld </w:t>
+      </w:r>
+      <w:r w:rsidR="00C76DEF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t>een vraag te stellen</w:t>
+      </w:r>
+      <w:r w:rsidR="006265CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidR="00D3173B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t>“V</w:t>
+      </w:r>
+      <w:r w:rsidR="00084B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve">raag maar aan </w:t>
+      </w:r>
+      <w:r w:rsidR="00D3173B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Mark </w:t>
+      </w:r>
+      <w:r w:rsidR="00084B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t>of je</w:t>
+      </w:r>
+      <w:r w:rsidR="001522A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> er </w:t>
+      </w:r>
+      <w:r w:rsidR="00084B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t>straks mee mag spelen</w:t>
+      </w:r>
+      <w:r w:rsidR="00D3173B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+      <w:r w:rsidR="00084B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t>. Heel vaak is de ander dan zo lief en zegt</w:t>
+      </w:r>
+      <w:r w:rsidR="00D3173B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t>: “J</w:t>
+      </w:r>
+      <w:r w:rsidR="00084B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve">e mag </w:t>
+      </w:r>
+      <w:r w:rsidR="001522A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve">er </w:t>
+      </w:r>
+      <w:r w:rsidR="00084B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t>nu</w:t>
+      </w:r>
+      <w:r w:rsidR="001522A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00084B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t>wel</w:t>
+      </w:r>
+      <w:r w:rsidR="00B96E35">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> mee</w:t>
+      </w:r>
+      <w:r w:rsidR="00084B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> spelen</w:t>
+      </w:r>
+      <w:r w:rsidR="00D3173B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+      <w:r w:rsidR="00084B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00D70FBB">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D3173B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve">We geven dan ook </w:t>
+      </w:r>
+      <w:r w:rsidR="00A730DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t>c</w:t>
+      </w:r>
+      <w:r w:rsidR="00DA4E0E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t>ompliment</w:t>
+      </w:r>
+      <w:r w:rsidR="00A730DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t>en</w:t>
+      </w:r>
+      <w:r w:rsidR="00DA4E0E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> voor positief gedrag door te zeggen</w:t>
+      </w:r>
+      <w:r w:rsidR="00A730DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="00A8401B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> “Wat lief dat jij het speelgoed aan </w:t>
+      </w:r>
+      <w:r w:rsidR="00EE35DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t>Anna</w:t>
+      </w:r>
+      <w:r w:rsidR="00A8401B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> geeft” en</w:t>
+      </w:r>
+      <w:r w:rsidR="00A730DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> “W</w:t>
+      </w:r>
+      <w:r w:rsidR="000F5EFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t>at fijn dat jullie zo mooi</w:t>
+      </w:r>
+      <w:r w:rsidR="00D70FBB">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> samen</w:t>
+      </w:r>
+      <w:r w:rsidR="000F5EFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> spelen</w:t>
+      </w:r>
+      <w:r w:rsidR="00A730DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+      <w:r w:rsidR="000F5EFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00B96E35">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D89222C" w14:textId="0D9AF3CE" w:rsidR="003745B2" w:rsidRDefault="007640D9">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="00B050"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00573342">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Soms </w:t>
+      </w:r>
+      <w:r w:rsidR="00B96E35">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t>is</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00573342">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> een kind verdrietig </w:t>
+      </w:r>
+      <w:r w:rsidR="00B96E35">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t>omdat het niet mee mag spelen</w:t>
+      </w:r>
+      <w:r w:rsidR="00116C6E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Als ik er dan even bij </w:t>
+      </w:r>
+      <w:r w:rsidR="00FE2A27">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t>ga zitten</w:t>
+      </w:r>
+      <w:r w:rsidR="00116C6E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve"> en </w:t>
       </w:r>
-      <w:r w:rsidR="00CA6693" w:rsidRPr="00710032">
-[...37 lines deleted...]
-          <w:iCs/>
+      <w:r w:rsidR="00A8401B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve">er </w:t>
+      </w:r>
+      <w:r w:rsidR="00116C6E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve">met </w:t>
+      </w:r>
+      <w:r w:rsidR="00A8401B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve">de kinderen </w:t>
+      </w:r>
+      <w:r w:rsidR="00FE2A27">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t>o</w:t>
+      </w:r>
+      <w:r w:rsidR="00A8401B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t>ver praat</w:t>
+      </w:r>
+      <w:r w:rsidR="00116C6E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> is het zo weer opgelost.</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE2A27">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00573342">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Dan </w:t>
+      </w:r>
+      <w:r w:rsidR="00EE35DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t>benoem</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00573342">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ik</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE35DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00573342">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dat samen spelen toch leuker is</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE2A27">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00573342">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> want dan is iedereen blij. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5813D956" w14:textId="563423C4" w:rsidR="00C32956" w:rsidRPr="005F2B8B" w:rsidRDefault="008E5A64" w:rsidP="00857A1F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
           <w:color w:val="00B050"/>
         </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00857A1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t>Naast de mogelijkheden om in kleine groepjes te spelen, zorgen we er ook voor dat we geregeld activiteiten met de hele groep ondernemen.</w:t>
+      </w:r>
+      <w:r w:rsidR="003745B2" w:rsidRPr="00857A1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> De ruimte biedt hier voldoende mogelijkheden voor, zoals dansen, knutselen en eten en drinken aan de grote tafel</w:t>
+      </w:r>
+      <w:r w:rsidR="003745B2" w:rsidRPr="008070CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED2288" w:rsidRPr="008070CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> De bank van </w:t>
+      </w:r>
+      <w:r w:rsidR="00FE2A27" w:rsidRPr="008070CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve">de </w:t>
+      </w:r>
+      <w:r w:rsidR="00ED2288" w:rsidRPr="008070CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve">eethoek heeft </w:t>
+      </w:r>
+      <w:r w:rsidR="004B469B" w:rsidRPr="008070CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t>kinder</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED2288" w:rsidRPr="008070CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve">zitjes met </w:t>
+      </w:r>
+      <w:r w:rsidR="00FE2A27" w:rsidRPr="008070CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve">een </w:t>
+      </w:r>
+      <w:r w:rsidR="00ED2288" w:rsidRPr="008070CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t>verkleiner</w:t>
+      </w:r>
+      <w:r w:rsidR="00310DFC" w:rsidRPr="008070CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> voor de jongste kinderen</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED2288" w:rsidRPr="008070CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> en de baby’s gaan </w:t>
+      </w:r>
+      <w:r w:rsidR="004B469B" w:rsidRPr="008070CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ook wel </w:t>
+      </w:r>
+      <w:r w:rsidR="00ED2288" w:rsidRPr="008070CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t>op schoot</w:t>
+      </w:r>
+      <w:r w:rsidR="004B469B" w:rsidRPr="008070CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="001934A3" w:rsidRPr="008070CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00CA6693" w:rsidRPr="00B010FA">
-[...93 lines deleted...]
-          <w:iCs/>
+      <w:r w:rsidR="003745B2" w:rsidRPr="008070CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t>Ook gaan we</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA3DF7" w:rsidRPr="008070CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> vaak wandelen met de hele groep.</w:t>
+      </w:r>
+      <w:r w:rsidR="006E6401">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="004F4BDF" w:rsidRPr="002B052C">
-[...51 lines deleted...]
-          <w:iCs/>
+    </w:p>
+    <w:p w14:paraId="67977464" w14:textId="77777777" w:rsidR="00C32956" w:rsidRDefault="00AA3DF7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00857A1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t>Door gezamenlijke activiteiten beleven de kinderen samen het groepsgevoel.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="601FDEBC" w14:textId="04EB5992" w:rsidR="007640D9" w:rsidRPr="00D2463B" w:rsidRDefault="001F632A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F2B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t>Tijdens het wandelen zijn veel gewoontes en rituelen ontstaan</w:t>
+      </w:r>
+      <w:r w:rsidR="006E6401">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t>, wat het groepsgevoel verder versterkt</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F2B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00A80406" w:rsidRPr="005F2B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00086393" w:rsidRPr="002B052C">
-[...53 lines deleted...]
-          <w:iCs/>
+      <w:r w:rsidR="007640D9" w:rsidRPr="00573342">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Als we gaan wandelen vraag ik vaak </w:t>
+      </w:r>
+      <w:r w:rsidR="005F2B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t>“W</w:t>
+      </w:r>
+      <w:r w:rsidR="007640D9" w:rsidRPr="00573342">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t>elke kant willen jullie op</w:t>
+      </w:r>
+      <w:r w:rsidR="005F2B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t>?” en</w:t>
+      </w:r>
+      <w:r w:rsidR="007640D9" w:rsidRPr="00573342">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dan is vaak </w:t>
+      </w:r>
+      <w:r w:rsidR="005F2B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t>het antwoord “N</w:t>
+      </w:r>
+      <w:r w:rsidR="007640D9" w:rsidRPr="00573342">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t>aar de bootjes bij het kanaal</w:t>
+      </w:r>
+      <w:r w:rsidR="005F2B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+      <w:r w:rsidR="007640D9" w:rsidRPr="00573342">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Onderweg ligt </w:t>
+      </w:r>
+      <w:r w:rsidR="00CA6D37">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve">een bijna versteende, grote </w:t>
+      </w:r>
+      <w:r w:rsidR="005F2B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t>paddenstoel</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CA6D37">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve">die op </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve">een bloemkool </w:t>
+      </w:r>
+      <w:r w:rsidR="00CA6D37">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve">lijkt, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t>die</w:t>
+      </w:r>
+      <w:r w:rsidR="00A80406">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> zoeken we dan. </w:t>
+      </w:r>
+      <w:r w:rsidR="007640D9" w:rsidRPr="00573342">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Vaak komen we </w:t>
+      </w:r>
+      <w:r w:rsidR="00CA6D37">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ook </w:t>
+      </w:r>
+      <w:r w:rsidR="007640D9" w:rsidRPr="00573342">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve">dezelfde mensen tegen, waaronder </w:t>
+      </w:r>
+      <w:r w:rsidR="007640D9" w:rsidRPr="00573342">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">een meneer die we </w:t>
+      </w:r>
+      <w:r w:rsidR="00CA6D37">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidR="007640D9" w:rsidRPr="00573342">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t>opa</w:t>
+      </w:r>
+      <w:r w:rsidR="00CA6D37">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+      <w:r w:rsidR="007640D9" w:rsidRPr="00573342">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> noemen</w:t>
+      </w:r>
+      <w:r w:rsidR="00D80D5F" w:rsidRPr="00573342">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Als </w:t>
+      </w:r>
+      <w:r w:rsidR="00CA6D37">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidR="00D80D5F" w:rsidRPr="00573342">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve">e </w:t>
+      </w:r>
+      <w:r w:rsidR="00CA6D37">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve">kinderen </w:t>
+      </w:r>
+      <w:r w:rsidR="00D80D5F" w:rsidRPr="00573342">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t>hem zien</w:t>
+      </w:r>
+      <w:r w:rsidR="00CA6D37">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00D80D5F" w:rsidRPr="00573342">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> rennen ze er heen voor een high five. </w:t>
+      </w:r>
+      <w:r w:rsidR="000B16D9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t>Als</w:t>
+      </w:r>
+      <w:r w:rsidR="00D80D5F" w:rsidRPr="00573342">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de brug dan ook nog open </w:t>
+      </w:r>
+      <w:r w:rsidR="000B16D9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t>gaat</w:t>
+      </w:r>
+      <w:r w:rsidR="00D80D5F" w:rsidRPr="00573342">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> voor een boot</w:t>
+      </w:r>
+      <w:r w:rsidR="000B16D9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00D80D5F" w:rsidRPr="00573342">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> vinden ze het helemaal geweldig. Vaak willen </w:t>
+      </w:r>
+      <w:r w:rsidR="000B16D9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t>de kinderen</w:t>
+      </w:r>
+      <w:r w:rsidR="00D80D5F" w:rsidRPr="00573342">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> hand in hand lopen </w:t>
+      </w:r>
+      <w:r w:rsidR="000B16D9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve">en </w:t>
+      </w:r>
+      <w:r w:rsidR="00D80D5F" w:rsidRPr="00573342">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t>dat mag natuurlijk</w:t>
+      </w:r>
+      <w:r w:rsidR="000B16D9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t>, maar het hoeft niet.</w:t>
+      </w:r>
+      <w:r w:rsidR="00D80D5F" w:rsidRPr="00573342">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Het zelfde geld</w:t>
+      </w:r>
+      <w:r w:rsidR="000B16D9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
         </w:rPr>
         <w:t>t</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B010FA">
-[...1139 lines deleted...]
-          <w:iCs/>
+      <w:r w:rsidR="00D80D5F" w:rsidRPr="00573342">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> voor kusjes of knuffels </w:t>
+      </w:r>
+      <w:r w:rsidR="000B16D9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t>geven</w:t>
+      </w:r>
+      <w:r w:rsidR="006B49EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
-      <w:r w:rsidR="00146C8A">
-[...3419 lines deleted...]
-      </w:r>
       <w:r w:rsidR="00D80D5F" w:rsidRPr="00573342">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
         </w:rPr>
-        <w:t xml:space="preserve">. Als </w:t>
-[...137 lines deleted...]
-        <w:lastRenderedPageBreak/>
         <w:t>die deel je</w:t>
       </w:r>
       <w:r w:rsidR="006B49EA">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00D80D5F" w:rsidRPr="00573342">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve"> wanneer je dat zelf wilt. </w:t>
       </w:r>
       <w:r w:rsidR="006B49EA">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
         </w:rPr>
         <w:t>Kinderen</w:t>
       </w:r>
       <w:r w:rsidR="00D80D5F" w:rsidRPr="00573342">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve"> mogen zelf hun grenzen aangeven. Gelukkig word</w:t>
@@ -11277,51 +11407,58 @@
         </w:rPr>
         <w:t>vanwege de veiligheid</w:t>
       </w:r>
       <w:r w:rsidR="002D54CF" w:rsidRPr="0032202D">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="0032202D">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t>ze kunnen er</w:t>
       </w:r>
       <w:r w:rsidR="002D54CF" w:rsidRPr="0032202D">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve"> immers </w:t>
       </w:r>
       <w:r w:rsidRPr="0032202D">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
-        <w:t>over struikelen</w:t>
+        <w:t xml:space="preserve">over </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0032202D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>struikelen</w:t>
       </w:r>
       <w:r w:rsidR="008C2E91" w:rsidRPr="0032202D">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve">, maar ook vanwege de </w:t>
       </w:r>
       <w:r w:rsidRPr="0032202D">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve">onrust </w:t>
       </w:r>
       <w:r w:rsidR="008C2E91" w:rsidRPr="0032202D">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve">die het geeft </w:t>
       </w:r>
       <w:r w:rsidRPr="0032202D">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve">als de vloer vol ligt. Dus als ik zie dat </w:t>
       </w:r>
@@ -11362,1099 +11499,1104 @@
         <w:t>at fijn dat jullie opruimen</w:t>
       </w:r>
       <w:r w:rsidR="0032142E" w:rsidRPr="0032202D">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t>”</w:t>
       </w:r>
       <w:r w:rsidRPr="0032202D">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6D6A05E7" w14:textId="44077923" w:rsidR="00CC0255" w:rsidRPr="0032202D" w:rsidRDefault="00CC0255" w:rsidP="0032202D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0032202D">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
+        <w:t xml:space="preserve">We eten en drinken samen aan tafel en wachten ook zoveel mogelijk op elkaar. Als een </w:t>
+      </w:r>
+      <w:r w:rsidR="0032202D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>jonger kind</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0032202D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> het niet meer volhoud en bijna in slaap valt</w:t>
+      </w:r>
+      <w:r w:rsidR="0032202D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0032202D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> gaat het uiteraard eerder op bed. Samen eten</w:t>
+      </w:r>
+      <w:r w:rsidR="0032202D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> en</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0032202D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> drinken is gezellig.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="144F6ACB" w14:textId="3328490D" w:rsidR="003056A2" w:rsidRDefault="00390E77" w:rsidP="00715575">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E35F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Als we buiten gaan wandelen </w:t>
+      </w:r>
+      <w:r w:rsidR="0018399A" w:rsidRPr="007E35F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve">geef ik de kinderen respect voor mens en natuur mee. </w:t>
+      </w:r>
+      <w:r w:rsidR="0018399A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ik </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0059782F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>vind ik het mooi als de kinderen andere mensen groeten. Vaak word</w:t>
+      </w:r>
+      <w:r w:rsidR="0032202D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>t</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0059782F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> er </w:t>
+      </w:r>
+      <w:r w:rsidR="005B74DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve">dan </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0059782F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>een kort gesprek gevoerd</w:t>
+      </w:r>
+      <w:r w:rsidR="005B74DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>, mensen</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0059782F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> vinden het </w:t>
+      </w:r>
+      <w:r w:rsidR="005B74DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve">vaak </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0059782F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>heel leuk</w:t>
+      </w:r>
+      <w:r w:rsidR="005B74DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0059782F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> al die kleine kinderen bij elkaar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="55931CB6" w14:textId="44FB2F48" w:rsidR="00F42402" w:rsidRPr="0059782F" w:rsidRDefault="00715575" w:rsidP="0059782F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>K</w:t>
+      </w:r>
+      <w:r w:rsidR="00390E77" w:rsidRPr="0059782F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>inderen genieten van kleine dingen die we als volwassenen niet meer zien</w:t>
+      </w:r>
+      <w:r w:rsidR="003056A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>: e</w:t>
+      </w:r>
+      <w:r w:rsidR="00390E77" w:rsidRPr="0059782F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>en sneeuwvlok of ijs op een plas</w:t>
+      </w:r>
+      <w:r w:rsidR="003056A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>, de</w:t>
+      </w:r>
+      <w:r w:rsidR="00390E77" w:rsidRPr="0059782F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> zon en soms harde wind</w:t>
+      </w:r>
+      <w:r w:rsidR="00D501A9" w:rsidRPr="0059782F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="003056A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00163E94">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Het respect en liefde voor de natuur geef ik ze hierbij graag mee. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>Daarbij hoort ook</w:t>
+      </w:r>
+      <w:r w:rsidR="00A230CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, geen </w:t>
+      </w:r>
+      <w:r w:rsidR="00D501A9" w:rsidRPr="0059782F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve">afval op de grond </w:t>
+      </w:r>
+      <w:r w:rsidR="00A230CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>te gooien</w:t>
+      </w:r>
+      <w:r w:rsidR="00B475DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="00A230CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ik </w:t>
+      </w:r>
+      <w:r w:rsidR="00D501A9" w:rsidRPr="0059782F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve">leer </w:t>
+      </w:r>
+      <w:r w:rsidR="00A230CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>hen</w:t>
+      </w:r>
+      <w:r w:rsidR="00D501A9" w:rsidRPr="0059782F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dat </w:t>
+      </w:r>
+      <w:r w:rsidR="00A230CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>dit</w:t>
+      </w:r>
+      <w:r w:rsidR="00D501A9" w:rsidRPr="0059782F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> niet mag. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="56BAD6AD" w14:textId="7935E46C" w:rsidR="00664A68" w:rsidRDefault="00A230CE" w:rsidP="00664A68">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Alle </w:t>
+      </w:r>
+      <w:r w:rsidR="00B475DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve">bovenstaande </w:t>
+      </w:r>
+      <w:r w:rsidR="00F42402" w:rsidRPr="0059782F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>afspraken worden consequent en eenduidig</w:t>
+      </w:r>
+      <w:r w:rsidR="0054127B" w:rsidRPr="0059782F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> toegepast en we zorgen er steeds voor dat we de afspraken vaak weer even benoeme</w:t>
+      </w:r>
+      <w:r w:rsidR="001C2EBD" w:rsidRPr="0059782F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>n</w:t>
+      </w:r>
+      <w:r w:rsidR="0054127B" w:rsidRPr="0059782F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>, zodat ieder kind weet wat er van hem of haar w</w:t>
+      </w:r>
+      <w:r w:rsidR="001C2EBD" w:rsidRPr="0059782F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>o</w:t>
+      </w:r>
+      <w:r w:rsidR="0054127B" w:rsidRPr="0059782F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>rdt verwacht</w:t>
+      </w:r>
+      <w:r w:rsidR="001C2EBD" w:rsidRPr="0059782F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="009E2D32" w:rsidRPr="0059782F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7AA60494" w14:textId="54824D1C" w:rsidR="004F4DC3" w:rsidRPr="00ED083E" w:rsidRDefault="004F4DC3" w:rsidP="004F4DC3">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED083E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve">We vinden het in Thuishuis Bellefleur belangrijk om de nadruk te leggen op </w:t>
+      </w:r>
+      <w:r w:rsidR="005E6852" w:rsidRPr="00ED083E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>positief</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED083E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> gedrag. Dit doen we door zelf steeds het goede voorbeeld te geven en daarnaast ook door de kinderen te prijzen als ze het goed doen, we geven hen dan complimenten. Als een kind bijvoorbeeld iemand beleefd groet op straat, dan zeg</w:t>
+      </w:r>
+      <w:r w:rsidR="005831DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ik</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED083E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: “Kijk, die meneer werd er blij van, wat fijn dat je hebt gegroet”. Dat geeft ze een goed gevoel en het stimuleert hen tot meer goed gedrag. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A392FDC" w14:textId="5E23E169" w:rsidR="00A860EF" w:rsidRPr="007E35F4" w:rsidRDefault="00BE5143" w:rsidP="004F4DC3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7034F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Wanneer een kind zich niet aan de </w:t>
+      </w:r>
+      <w:r w:rsidR="004F4DC3" w:rsidRPr="00B7034F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve">gemaakte </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7034F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>afspraken houdt, corrigeer ik door</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE5A9C" w:rsidRPr="00B7034F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> het te waarschuwen. Ik benoem dan duidelijk dat ik het gedrag dat ik zie niet goed vind</w:t>
+      </w:r>
+      <w:r w:rsidR="00C81C4F" w:rsidRPr="007E35F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Mocht een kind </w:t>
+      </w:r>
+      <w:r w:rsidR="006D28AD" w:rsidRPr="007E35F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>toch doorgaan met het ongewenste gedrag, geef ik een tweede waarschuwing en benoem hierbij ook de consequent</w:t>
+      </w:r>
+      <w:r w:rsidR="00A86CA6" w:rsidRPr="007E35F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidR="006D28AD" w:rsidRPr="007E35F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidR="00D234ED" w:rsidRPr="007E35F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="006D28AD" w:rsidRPr="007E35F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve">namelijk dat </w:t>
+      </w:r>
+      <w:r w:rsidR="00D234ED" w:rsidRPr="007E35F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve">wanneer het nog een keer </w:t>
+      </w:r>
+      <w:r w:rsidR="00AB6D7B" w:rsidRPr="007E35F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>gebeurt</w:t>
+      </w:r>
+      <w:r w:rsidR="00D234ED" w:rsidRPr="007E35F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, het </w:t>
+      </w:r>
+      <w:r w:rsidR="00766A9A" w:rsidRPr="007E35F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve">even </w:t>
+      </w:r>
+      <w:r w:rsidR="00A860EF" w:rsidRPr="007E35F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>in de hoek gaat</w:t>
+      </w:r>
+      <w:r w:rsidR="00D234ED" w:rsidRPr="007E35F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00387782" w:rsidRPr="007E35F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Tijdens het </w:t>
+      </w:r>
+      <w:r w:rsidR="00A860EF" w:rsidRPr="007E35F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve">wandelen </w:t>
+      </w:r>
+      <w:r w:rsidR="00387782" w:rsidRPr="007E35F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>geldt</w:t>
+      </w:r>
+      <w:r w:rsidR="00096765" w:rsidRPr="007E35F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A860EF" w:rsidRPr="007E35F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00387782" w:rsidRPr="007E35F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> keer</w:t>
+      </w:r>
+      <w:r w:rsidR="00A860EF" w:rsidRPr="007E35F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> waarschuwen</w:t>
+      </w:r>
+      <w:r w:rsidR="00096765" w:rsidRPr="007E35F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00F47C1E" w:rsidRPr="007E35F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> bij niet luisteren </w:t>
+      </w:r>
+      <w:r w:rsidR="00E44600" w:rsidRPr="007E35F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve">daarna </w:t>
+      </w:r>
+      <w:r w:rsidR="00F47C1E" w:rsidRPr="007E35F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve">gaat het kind dan </w:t>
+      </w:r>
+      <w:r w:rsidR="00A860EF" w:rsidRPr="007E35F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>in de kar</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD28A8" w:rsidRPr="007E35F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="00A860EF" w:rsidRPr="007E35F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dit vanwege het eventuele gevaar.</w:t>
+      </w:r>
+      <w:r w:rsidR="00387782" w:rsidRPr="007E35F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="761A6D44" w14:textId="2297D74D" w:rsidR="00D977DF" w:rsidRPr="007E35F4" w:rsidRDefault="00B7034F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E35F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Na dergelijke momenten </w:t>
+      </w:r>
+      <w:r w:rsidR="00664A68" w:rsidRPr="007E35F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve">hebben we het er even over en daarna </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E35F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve">kan het </w:t>
+      </w:r>
+      <w:r w:rsidR="0000471B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve">kind </w:t>
+      </w:r>
+      <w:r w:rsidR="00664A68" w:rsidRPr="007E35F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>weer verder spelen</w:t>
+      </w:r>
+      <w:r w:rsidR="009C198A" w:rsidRPr="007E35F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39CD1246" w14:textId="77777777" w:rsidR="00F906BE" w:rsidRPr="00812FB3" w:rsidRDefault="00C74320" w:rsidP="00F906BE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E35F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Baby’s betrekken we bij </w:t>
+      </w:r>
+      <w:r w:rsidR="0022165E" w:rsidRPr="007E35F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve">het spel </w:t>
+      </w:r>
+      <w:r w:rsidR="00F927E1" w:rsidRPr="007E35F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve">en het contact met </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E35F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve">de </w:t>
+      </w:r>
+      <w:r w:rsidR="00BA1091" w:rsidRPr="007E35F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t>andere (</w:t>
+      </w:r>
+      <w:r w:rsidR="00F927E1" w:rsidRPr="007E35F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t>oudere</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA1091" w:rsidRPr="007E35F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E35F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> kinderen.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="00B050"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004076C2" w:rsidRPr="00812FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t>Iedereen wil de baby</w:t>
+      </w:r>
+      <w:r w:rsidR="0017183B" w:rsidRPr="00812FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t>’</w:t>
+      </w:r>
+      <w:r w:rsidR="004076C2" w:rsidRPr="00812FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve">s </w:t>
+      </w:r>
+      <w:r w:rsidR="0017183B" w:rsidRPr="00812FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve">graag </w:t>
+      </w:r>
+      <w:r w:rsidR="004076C2" w:rsidRPr="00812FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t>aanraken</w:t>
+      </w:r>
+      <w:r w:rsidR="006C20CF" w:rsidRPr="00812FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> en dat </w:t>
+      </w:r>
+      <w:r w:rsidR="00753EC0" w:rsidRPr="00812FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t>begrijp</w:t>
+      </w:r>
+      <w:r w:rsidR="006C20CF" w:rsidRPr="00812FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ik ook</w:t>
+      </w:r>
+      <w:r w:rsidR="00753EC0" w:rsidRPr="00812FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="006C20CF" w:rsidRPr="00812FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ze hebben </w:t>
+      </w:r>
+      <w:r w:rsidR="00753EC0" w:rsidRPr="00812FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve">een </w:t>
+      </w:r>
+      <w:r w:rsidR="006C20CF" w:rsidRPr="00812FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t>grote aantrekkingskracht.</w:t>
+      </w:r>
+      <w:r w:rsidR="00C05E9E" w:rsidRPr="00812FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00753EC0" w:rsidRPr="00812FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t>Ik ga</w:t>
+      </w:r>
+      <w:r w:rsidR="00C05E9E" w:rsidRPr="00812FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> regelmatig even met een baby op de grond zitten</w:t>
+      </w:r>
+      <w:r w:rsidR="00753EC0" w:rsidRPr="00812FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="009F30D9" w:rsidRPr="00812FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> om de baby te laten zien welke kinderen er zijn. Dat vertel ik dan ook aan de baby</w:t>
+      </w:r>
+      <w:r w:rsidR="00753EC0" w:rsidRPr="00812FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t>, ik</w:t>
+      </w:r>
+      <w:r w:rsidR="009F30D9" w:rsidRPr="00812FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> vertel wie er zijn en wat </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD167C" w:rsidRPr="00812FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t>de andere kinderen</w:t>
+      </w:r>
+      <w:r w:rsidR="009F30D9" w:rsidRPr="00812FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> aan het doen zijn.</w:t>
+      </w:r>
+      <w:r w:rsidR="00041C9B" w:rsidRPr="00812FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00753EC0" w:rsidRPr="00812FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Dit vinden de </w:t>
+      </w:r>
+      <w:r w:rsidR="00521805" w:rsidRPr="00812FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t>grotere</w:t>
+      </w:r>
+      <w:r w:rsidR="00753EC0" w:rsidRPr="00812FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> kinderen dan ook leuk</w:t>
+      </w:r>
+      <w:r w:rsidR="00A6127C" w:rsidRPr="00812FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> en als ze bij de baby komen kijken, zeg ik, </w:t>
+      </w:r>
+      <w:r w:rsidR="009F30D9" w:rsidRPr="00812FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve">dat ze wel </w:t>
+      </w:r>
+      <w:r w:rsidR="006C20CF" w:rsidRPr="00812FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t>zachtjes aan hun wange</w:t>
+      </w:r>
+      <w:r w:rsidR="00A6127C" w:rsidRPr="00812FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t>n</w:t>
+      </w:r>
+      <w:r w:rsidR="009F30D9" w:rsidRPr="00812FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> mogen</w:t>
+      </w:r>
+      <w:r w:rsidR="006C20CF" w:rsidRPr="00812FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> strelen of </w:t>
+      </w:r>
+      <w:r w:rsidR="00A6127C" w:rsidRPr="00812FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve">over </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD167C" w:rsidRPr="00812FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t>de</w:t>
+      </w:r>
+      <w:r w:rsidR="006C20CF" w:rsidRPr="00812FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> hand.</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD167C" w:rsidRPr="00812FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ik leer hen, dat ze </w:t>
+      </w:r>
+      <w:r w:rsidR="006C20CF" w:rsidRPr="00812FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve">niet aan </w:t>
+      </w:r>
+      <w:r w:rsidR="009F30D9" w:rsidRPr="00812FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t>h</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD167C" w:rsidRPr="00812FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidR="009F30D9" w:rsidRPr="00812FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t>n mogen</w:t>
+      </w:r>
+      <w:r w:rsidR="006C20CF" w:rsidRPr="00812FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> trekken of tillen</w:t>
+      </w:r>
+      <w:r w:rsidR="009F30D9" w:rsidRPr="00812FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="0081550C" w:rsidRPr="00812FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="630503F2" w14:textId="7495C83E" w:rsidR="00295481" w:rsidRPr="007E35F4" w:rsidRDefault="007A11F3">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E35F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t>Tijdens het verschonen</w:t>
+      </w:r>
+      <w:r w:rsidR="003945FF" w:rsidRPr="007E35F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> zorg ik voor oogcontact</w:t>
+      </w:r>
+      <w:r w:rsidR="00D47E79" w:rsidRPr="007E35F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t>, ik benoem</w:t>
+      </w:r>
+      <w:r w:rsidR="00F906BE" w:rsidRPr="007E35F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a</w:t>
+      </w:r>
+      <w:r w:rsidR="003945FF" w:rsidRPr="007E35F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve">lle handelingen en vertel wat ik ga doen. Oudere kinderen worden </w:t>
+      </w:r>
+      <w:r w:rsidR="00D47E79" w:rsidRPr="007E35F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ook </w:t>
+      </w:r>
+      <w:r w:rsidR="003945FF" w:rsidRPr="007E35F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t>betrokken bij deze momenten als ze dit leuk vinden. Zij mogen me helpen</w:t>
+      </w:r>
+      <w:r w:rsidR="0017183B" w:rsidRPr="007E35F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> en ik zorg ervoor door de </w:t>
+      </w:r>
+      <w:r w:rsidR="0017183B" w:rsidRPr="007E35F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">We eten en drinken samen aan tafel en wachten ook zoveel mogelijk op elkaar. Als een </w:t>
-[...180 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        <w:t>handelingen te verwoorden en te benoemen, dat de kinderen ook echt in contact komen met elkaar.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05467889" w14:textId="0E614BD5" w:rsidR="00930E61" w:rsidRPr="0001081F" w:rsidRDefault="008C7D77">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0001081F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t>In Thuishuis Bellefleur</w:t>
+      </w:r>
+      <w:r w:rsidR="00A42E6B" w:rsidRPr="0001081F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00163E94">
-[...134 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+      <w:r w:rsidR="00D501A9" w:rsidRPr="0001081F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve">besteden </w:t>
+      </w:r>
+      <w:r w:rsidR="00A42E6B" w:rsidRPr="0001081F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve">we </w:t>
+      </w:r>
+      <w:r w:rsidR="00D501A9" w:rsidRPr="0001081F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t>ook aandacht aan de feest</w:t>
+      </w:r>
+      <w:r w:rsidR="00A42E6B" w:rsidRPr="0001081F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t>en</w:t>
+      </w:r>
+      <w:r w:rsidR="00D501A9" w:rsidRPr="0001081F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-[...655 lines deleted...]
-        <w:t>In Thuishuis Bellefleur</w:t>
+      <w:r w:rsidR="00FB47A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve">met bijbehorende rituelen, </w:t>
       </w:r>
       <w:r w:rsidR="00A42E6B" w:rsidRPr="0001081F">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...40 lines deleted...]
-        </w:rPr>
         <w:t>die in onze samenleving gevierd worden, zoals</w:t>
       </w:r>
       <w:r w:rsidR="0001081F" w:rsidRPr="0001081F">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve"> Pasen, Sint Maarten, Sinterklaas en Kerst.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="66487410" w14:textId="77777777" w:rsidR="009C198A" w:rsidRDefault="0001081F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>M</w:t>
       </w:r>
       <w:r w:rsidR="00D501A9" w:rsidRPr="00573342">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve">et </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
         </w:rPr>
         <w:t>P</w:t>
       </w:r>
       <w:r w:rsidR="00D501A9" w:rsidRPr="00573342">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
         </w:rPr>
         <w:t>asen zetten we de paastakken neer</w:t>
       </w:r>
       <w:r w:rsidR="00041C9B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -12914,316 +13056,437 @@
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Groep</w:t>
       </w:r>
       <w:r w:rsidR="005B5045">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>samenstelling</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E722064" w14:textId="29A69BB3" w:rsidR="00052E76" w:rsidRDefault="00417AE9">
+    <w:p w14:paraId="6393AE70" w14:textId="6669DBB8" w:rsidR="006351BE" w:rsidRDefault="00417AE9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="10" w:right="891" w:hanging="10"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
         </w:rPr>
         <w:t>In de groep kunnen maximaal</w:t>
       </w:r>
       <w:r w:rsidR="00573342">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004638D7">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidR="00111536">
-[...3 lines deleted...]
-        <w:t>3</w:t>
+      <w:r w:rsidR="005D2AAB">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidR="00A77A68">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
         </w:rPr>
         <w:t>kinderen tegelijk opgevangen worden in de leeftijden van 0 tot</w:t>
       </w:r>
       <w:r w:rsidR="00573342">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve"> jaar.</w:t>
       </w:r>
       <w:r w:rsidR="004638D7">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Het liefst rond de 10 kinderen per dag</w:t>
+        <w:t xml:space="preserve"> Het liefst rond de 1</w:t>
+      </w:r>
+      <w:r w:rsidR="00A028B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="004638D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> kinderen per dag</w:t>
       </w:r>
       <w:r w:rsidR="00E52E8E">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve"> zodat ieder kind aandacht krijgt</w:t>
       </w:r>
       <w:r w:rsidR="008022EA">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve"> .</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
         </w:rPr>
-        <w:t xml:space="preserve"> De samenstelling van de groep kan wijzigen </w:t>
-[...78 lines deleted...]
-    <w:p w14:paraId="5EE464A7" w14:textId="77777777" w:rsidR="00052E76" w:rsidRDefault="00417AE9">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="006351BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve">In 2026 komen er veel </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="006351BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t>babys</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="006351BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> en worden de groepen wel groter en </w:t>
+      </w:r>
+      <w:r w:rsidR="00E85894">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t>we hebben van</w:t>
+      </w:r>
+      <w:r w:rsidR="00485401">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve">af </w:t>
+      </w:r>
+      <w:r w:rsidR="00E85894">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t>november 2025</w:t>
+      </w:r>
+      <w:r w:rsidR="006351BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> een derde leidster bij,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E722064" w14:textId="2D7F8367" w:rsidR="00052E76" w:rsidRDefault="00417AE9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="10" w:right="891" w:hanging="10"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
-          <w:i/>
-[...10 lines deleted...]
-    <w:p w14:paraId="7AF6527A" w14:textId="77777777" w:rsidR="00052E76" w:rsidRDefault="00417AE9">
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve">De samenstelling van de groep kan wijzigen </w:t>
+      </w:r>
+      <w:r w:rsidR="008022EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t>per</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dag, leeftijden en het aantal kinderen kunnen dus per dag variëren. Er zal hierbij steeds gehandeld worden volgens de wettelijke richtlijnen voor wat betreft de leidster kind ratio. Met behulp van 1 ratio.nl wordt steeds bekeken,</w:t>
+      </w:r>
+      <w:r w:rsidR="00F43A7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of het aantal kinderen</w:t>
+      </w:r>
+      <w:r w:rsidR="00B44A48">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> met bijbehorende leeftijden door </w:t>
+      </w:r>
+      <w:r w:rsidR="00485401">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2 </w:t>
+      </w:r>
+      <w:r w:rsidR="00B44A48">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve">of meer leidsters opgevangen kan worden. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Er wordt hierbij voldaan aan het “vaste gezichten criterium” voor kinderen tot 1 jaar, door er altijd voor te zorgen dat 1 van de vaste leidsters van het kind aanwezig is. </w:t>
+      </w:r>
+      <w:r w:rsidR="00A008DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t>Hier werken we met ons tweeën of drieën</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF2B03">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="002B4554">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t>de</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF2B03">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> kinderen</w:t>
+      </w:r>
+      <w:r w:rsidR="007F365E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> kennen ons allemaal.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B517438" w14:textId="77777777" w:rsidR="00052E76" w:rsidRDefault="00052E76">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1403F85A" w14:textId="77777777" w:rsidR="006060A1" w:rsidRDefault="006060A1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5EE464A7" w14:textId="77777777" w:rsidR="00052E76" w:rsidRDefault="00417AE9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="10" w:right="891" w:hanging="10"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
-        </w:rPr>
-[...22 lines deleted...]
-    <w:p w14:paraId="2AEB355C" w14:textId="77777777" w:rsidR="00052E76" w:rsidRDefault="00052E76">
+          <w:i/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>Extra dagdelen</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7AF6527A" w14:textId="77777777" w:rsidR="00052E76" w:rsidRDefault="00417AE9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="10" w:right="891" w:hanging="10"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w14:paraId="6E0B47C3" w14:textId="77777777" w:rsidR="007864FA" w:rsidRDefault="007864FA">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t>Bovengenoemde werkwijze geldt ook voor verzoeken van ouders voor het afnemen van extra dagdelen buiten het afgesloten contract. Steeds zal gekeken worden of er mogelijkheden zijn waarbij de leidster-kind-ratio zal worden geraadpleegd.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="56C6FD2B" w14:textId="77777777" w:rsidR="00052E76" w:rsidRDefault="00417AE9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t>Het rooster van aanwezige kinderen en leiding wordt per dag nauwkeurig bijgehouden zodat dit ook inzichtelijk is. Doordat gewerkt wordt met vaste gezichten op de groep zal ook bij afname van extra opvang altijd een voor het kind vertrouwde leidster aanwezig zijn en voor kinderen tot 1 jaar het vaste gezichten criterium gehanteerd worden.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2AEB355C" w14:textId="77777777" w:rsidR="00052E76" w:rsidRDefault="00052E76">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="10" w:right="891" w:hanging="10"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
         </w:rPr>
       </w:pPr>
     </w:p>
+    <w:p w14:paraId="6E0B47C3" w14:textId="77777777" w:rsidR="007864FA" w:rsidRDefault="007864FA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="10" w:right="891" w:hanging="10"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
     <w:p w14:paraId="1C6AE2FD" w14:textId="77777777" w:rsidR="00052E76" w:rsidRDefault="00417AE9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
           <w:i/>
         </w:rPr>
         <w:t>Drie-uursregeling/½-uursregeling</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="67486B2A" w14:textId="70FD74C3" w:rsidR="00DB4D35" w:rsidRDefault="00032F45" w:rsidP="00573342">
+    <w:p w14:paraId="67486B2A" w14:textId="27EA0C80" w:rsidR="00DB4D35" w:rsidRDefault="00032F45" w:rsidP="00573342">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
         </w:rPr>
         <w:t>Aan het begin en het einde van de dag zijn er minder kinderen aanwezig</w:t>
       </w:r>
       <w:r w:rsidR="000A58EC">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve"> op het kinderdagverblijf.</w:t>
       </w:r>
       <w:r w:rsidR="00545826">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Maar tussen 9 uur en 16 uur staan we</w:t>
+        <w:t xml:space="preserve"> Maar tussen </w:t>
+      </w:r>
+      <w:r w:rsidR="002C4E67">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t>8.30</w:t>
+      </w:r>
+      <w:r w:rsidR="002466A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00545826">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t>uur en 16 uur staan we</w:t>
       </w:r>
       <w:r w:rsidR="00FC6F3A">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
         </w:rPr>
-        <w:t xml:space="preserve"> altijd met zijn tweeën, tenzij het volgens BKR niet hoeft</w:t>
+        <w:t xml:space="preserve"> altijd met zijn tweeën</w:t>
+      </w:r>
+      <w:r w:rsidR="002466A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of met zijn </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="002466A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t>drieen</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00FC6F3A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tenzij het volgens BKR niet hoeft</w:t>
       </w:r>
       <w:r w:rsidR="00A557BF">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="000F66E9">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A557BF">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve">Tussen </w:t>
       </w:r>
       <w:r w:rsidR="00444C84">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
         </w:rPr>
         <w:t>de middag</w:t>
       </w:r>
@@ -13352,135 +13615,134 @@
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
         </w:rPr>
         <w:t>ngezet te worden dan volgens de BKR is vereist</w:t>
       </w:r>
       <w:r w:rsidR="008C2513">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
         </w:rPr>
         <w:t>. Het is nooit minder dan de helft van het aantal benodigde medewerkers</w:t>
       </w:r>
       <w:r w:rsidR="00A62014">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6884E0EE" w14:textId="77777777" w:rsidR="0000204D" w:rsidRDefault="0000204D" w:rsidP="00573342">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7B4315C7" w14:textId="59ADE22C" w:rsidR="0000204D" w:rsidRDefault="0000204D" w:rsidP="00573342">
+    <w:p w14:paraId="7B4315C7" w14:textId="3163E1BF" w:rsidR="0000204D" w:rsidRDefault="0000204D" w:rsidP="00573342">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
         </w:rPr>
-        <w:t>Dit geldt op de dagen dat er gedurende de dag twee</w:t>
-[...11 lines deleted...]
-        <w:t xml:space="preserve"> pedagogisch</w:t>
+        <w:t xml:space="preserve">Dit geldt op de dagen dat er gedurende de dag twee </w:t>
+      </w:r>
+      <w:r w:rsidR="005143DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of drie </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t>pedagogisch</w:t>
       </w:r>
       <w:r w:rsidR="00B110FB">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
         </w:rPr>
         <w:t>e medewerkers</w:t>
       </w:r>
-      <w:r w:rsidR="00CA5C0F">
-[...6 lines deleted...]
-    <w:p w14:paraId="55E93942" w14:textId="5FA406D5" w:rsidR="00A208B0" w:rsidRDefault="00A208B0" w:rsidP="00573342">
+    </w:p>
+    <w:p w14:paraId="55E93942" w14:textId="3199DD16" w:rsidR="00A208B0" w:rsidRDefault="00A208B0" w:rsidP="00573342">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t>Ingepland staan.</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="5E953867" w14:textId="77777777" w:rsidR="00052E76" w:rsidRDefault="00052E76">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0FA373F4" w14:textId="25E0917E" w:rsidR="00052E76" w:rsidRDefault="00052E76">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5B960392" w14:textId="287E0F9C" w:rsidR="002D223F" w:rsidRPr="002D223F" w:rsidRDefault="002D223F">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="070AF806" w14:textId="15987612" w:rsidR="002D223F" w:rsidRPr="0014571D" w:rsidRDefault="0014571D">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Dagindeling</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7FAFE902" w14:textId="77777777" w:rsidR="0014571D" w:rsidRDefault="0014571D">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0CA40F17" w14:textId="2513E37D" w:rsidR="00052E76" w:rsidRDefault="00417AE9">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00573342">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>In</w:t>
       </w:r>
       <w:r w:rsidR="001733CB">
@@ -13516,74 +13778,80 @@
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
         </w:rPr>
         <w:t>De dagindeling van</w:t>
       </w:r>
       <w:r w:rsidR="001733CB">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve"> Thuishuis Bellefleur</w:t>
       </w:r>
       <w:r w:rsidRPr="00573342">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve"> ziet er als volgt uit:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="525D6FB7" w14:textId="77777777" w:rsidR="004932C2" w:rsidRPr="00573342" w:rsidRDefault="004932C2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1517BC4E" w14:textId="30323A7D" w:rsidR="003F5AF3" w:rsidRDefault="00722657">
+    <w:p w14:paraId="1517BC4E" w14:textId="48E4A6A2" w:rsidR="003F5AF3" w:rsidRDefault="00722657">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00573342">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
         </w:rPr>
         <w:t>7</w:t>
       </w:r>
       <w:r w:rsidR="007A30E7">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
+      <w:r w:rsidR="006D29F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t>30</w:t>
+      </w:r>
       <w:r w:rsidRPr="00573342">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
         </w:rPr>
-        <w:t>00 -8</w:t>
+        <w:t xml:space="preserve"> -8</w:t>
       </w:r>
       <w:r w:rsidR="007A30E7">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00573342">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
         </w:rPr>
         <w:t>30</w:t>
       </w:r>
       <w:r w:rsidR="00B010FA">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00835836">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
         </w:rPr>
         <w:t>K</w:t>
       </w:r>
@@ -13620,51 +13888,51 @@
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00174152">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
         </w:rPr>
         <w:t>s het vrij spelen en dan opruimen</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="15E1080B" w14:textId="77777777" w:rsidR="009C198A" w:rsidRPr="00573342" w:rsidRDefault="009C198A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="74EB9112" w14:textId="30954545" w:rsidR="006C20CF" w:rsidRDefault="00722657" w:rsidP="00835836">
+    <w:p w14:paraId="74EB9112" w14:textId="716F659D" w:rsidR="006C20CF" w:rsidRDefault="00722657" w:rsidP="00835836">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1416" w:hanging="1416"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00573342">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
         </w:rPr>
         <w:t>9</w:t>
       </w:r>
       <w:r w:rsidR="007A30E7">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00573342">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
         </w:rPr>
         <w:t>30</w:t>
       </w:r>
@@ -13680,68 +13948,116 @@
         </w:rPr>
         <w:t>F</w:t>
       </w:r>
       <w:r w:rsidRPr="00573342">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
         </w:rPr>
         <w:t>ruit eten en drinken</w:t>
       </w:r>
       <w:r w:rsidR="00835836">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
         </w:rPr>
         <w:t>, daarna gaan we met zijn allen naar buiten</w:t>
       </w:r>
       <w:r w:rsidR="004932C2">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00835836">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
         </w:rPr>
-        <w:t xml:space="preserve"> wandelen in de bolderkar. Met warmer weer blijven de                                kinderen het liefst buiten</w:t>
-[...8 lines deleted...]
-    <w:p w14:paraId="5CC5E6BA" w14:textId="77777777" w:rsidR="009C198A" w:rsidRPr="00573342" w:rsidRDefault="009C198A" w:rsidP="00835836">
+        <w:t xml:space="preserve"> wandelen in de bolderkar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3CE35D18" w14:textId="77777777" w:rsidR="00A0513E" w:rsidRDefault="00A0513E" w:rsidP="00835836">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1416" w:hanging="1416"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
         </w:rPr>
       </w:pPr>
     </w:p>
+    <w:p w14:paraId="48E0226F" w14:textId="7E72C445" w:rsidR="009708FA" w:rsidRDefault="009708FA" w:rsidP="00835836">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1416" w:hanging="1416"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10.30         </w:t>
+      </w:r>
+      <w:r w:rsidR="002B0F32">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t>Met mooi weer willen de kindere</w:t>
+      </w:r>
+      <w:r w:rsidR="0091553F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t>n</w:t>
+      </w:r>
+      <w:r w:rsidR="002B0F32">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> buiten spele</w:t>
+      </w:r>
+      <w:r w:rsidR="0091553F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t>n en bij koud weer gaan we naar binnen en word er gewe</w:t>
+      </w:r>
+      <w:r w:rsidR="00164BD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t>rkt met het thema van die periode</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5CC5E6BA" w14:textId="77777777" w:rsidR="009C198A" w:rsidRPr="00573342" w:rsidRDefault="009C198A" w:rsidP="00835836">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1416" w:hanging="1416"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
     <w:p w14:paraId="6454EBC6" w14:textId="2F314E9B" w:rsidR="00722657" w:rsidRDefault="00722657">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00573342">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
         </w:rPr>
         <w:t>11.45</w:t>
       </w:r>
       <w:r w:rsidR="00D407A5">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00D407A5">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
         </w:rPr>
         <w:tab/>
       </w:r>
@@ -13866,50 +14182,90 @@
       <w:r w:rsidRPr="00573342">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve">heetijd of water/ </w:t>
       </w:r>
       <w:r w:rsidR="00835836">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
         </w:rPr>
         <w:t>R</w:t>
       </w:r>
       <w:r w:rsidRPr="00573342">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve">oosvicee met </w:t>
       </w:r>
       <w:r w:rsidR="008225A1">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
         </w:rPr>
         <w:t>een cracker, fruit en groentes.</w:t>
       </w:r>
     </w:p>
+    <w:p w14:paraId="77E01DB5" w14:textId="623F2394" w:rsidR="00C94168" w:rsidRDefault="00C94168">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                   </w:t>
+      </w:r>
+      <w:r w:rsidR="002E565A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Boekje lezen </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="701798E4" w14:textId="36D5BF65" w:rsidR="00A0513E" w:rsidRDefault="00A0513E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t>16.00          Tijd voor een spelle</w:t>
+      </w:r>
+      <w:r w:rsidR="00C94168">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t>tje of dansen.</w:t>
+      </w:r>
+    </w:p>
     <w:p w14:paraId="25453AAB" w14:textId="77777777" w:rsidR="002F2F7A" w:rsidRPr="00573342" w:rsidRDefault="002F2F7A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0876EDF2" w14:textId="0E9337DE" w:rsidR="00722657" w:rsidRDefault="00722657" w:rsidP="00835836">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1416"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00573342">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve">Daarna weer </w:t>
       </w:r>
       <w:r w:rsidR="004E4868">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
@@ -13952,114 +14308,94 @@
         </w:rPr>
         <w:t xml:space="preserve"> zin in hebben</w:t>
       </w:r>
       <w:r w:rsidR="00475919">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="14CC59A3" w14:textId="77777777" w:rsidR="00052E76" w:rsidRDefault="00417AE9">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="280CDE81" w14:textId="56AC6F95" w:rsidR="00052E76" w:rsidRDefault="00417AE9">
+    <w:p w14:paraId="280CDE81" w14:textId="56AC6F95" w:rsidR="00052E76" w:rsidRPr="005C7151" w:rsidRDefault="00417AE9">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Het dagritme wordt flexibel gebruikt. Als kinderen bijvoorbeeld net met iets leuks bezig zijn, wat ze graag willen afmaken, is hier extra tijd voor. De overgangen tussen de verschillende momenten worden benoemd. Hierdoor krijgt iedere activiteit voor de kinderen een duidelijke start en einde en wordt de situatie voor kinderen inzichtelijk</w:t>
       </w:r>
       <w:r w:rsidR="005C7151">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F794C1C" w14:textId="2226D00F" w:rsidR="008F08FA" w:rsidRPr="005C7151" w:rsidRDefault="008F08FA">
+    <w:p w14:paraId="10C0C07A" w14:textId="77777777" w:rsidR="00052E76" w:rsidRDefault="00052E76">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...18 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:p w14:paraId="424CC3B9" w14:textId="77777777" w:rsidR="00052E76" w:rsidRDefault="00417AE9">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Voeding</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B71B18E" w14:textId="193D8F0A" w:rsidR="00534605" w:rsidRDefault="00417AE9">
+    <w:p w14:paraId="1B71B18E" w14:textId="27FE078C" w:rsidR="00534605" w:rsidRDefault="00417AE9">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007864FA">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
         </w:rPr>
         <w:t>In</w:t>
       </w:r>
       <w:r w:rsidR="001733CB">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve"> Thuishuis Bellefleur</w:t>
       </w:r>
       <w:r w:rsidRPr="007864FA">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve"> wordt iedere dag gezorgd voor</w:t>
       </w:r>
       <w:r w:rsidR="00722657" w:rsidRPr="007864FA">
         <w:rPr>
@@ -14253,75 +14589,93 @@
         </w:rPr>
         <w:t>middags</w:t>
       </w:r>
       <w:r w:rsidR="00722657" w:rsidRPr="007864FA">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve"> krijgen </w:t>
       </w:r>
       <w:r w:rsidR="00506019">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
         </w:rPr>
         <w:t>de kinderen</w:t>
       </w:r>
       <w:r w:rsidR="00722657" w:rsidRPr="007864FA">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve"> een </w:t>
       </w:r>
       <w:r w:rsidR="000F01F7">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
         </w:rPr>
-        <w:t>cracker en appel</w:t>
+        <w:t>cracker</w:t>
+      </w:r>
+      <w:r w:rsidR="000D1F7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve">/koekje </w:t>
+      </w:r>
+      <w:r w:rsidR="000F01F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> en appel</w:t>
       </w:r>
       <w:r w:rsidR="00094519">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00E27BC0">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve"> en </w:t>
       </w:r>
       <w:r w:rsidR="00094519">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
         </w:rPr>
-        <w:t>als afwisseling krijgen ze ook wel eens kaas</w:t>
+        <w:t xml:space="preserve">als afwisseling krijgen ze ook </w:t>
+      </w:r>
+      <w:r w:rsidR="00BF5CAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> paprika en </w:t>
       </w:r>
       <w:r w:rsidR="0050155A">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
         </w:rPr>
-        <w:t xml:space="preserve"> /worst en komkommer</w:t>
+        <w:t>komkommer</w:t>
       </w:r>
       <w:r w:rsidR="00534605" w:rsidRPr="007864FA">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="004E3D1D">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00534605" w:rsidRPr="007864FA">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve">Als er </w:t>
       </w:r>
       <w:r w:rsidR="004A6C7E">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve">sprake is van een </w:t>
       </w:r>
@@ -14368,150 +14722,178 @@
         <w:t>u</w:t>
       </w:r>
       <w:r w:rsidR="004A6C7E">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
         </w:rPr>
         <w:t>eel</w:t>
       </w:r>
       <w:r w:rsidR="004E4868">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve"> andere speciale wensen zijn bespreekbaar.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="36333C06" w14:textId="4CCA1BFE" w:rsidR="00052E76" w:rsidRDefault="004E4868">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Voor de baby’s hebben we </w:t>
       </w:r>
       <w:r w:rsidR="000305F5">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve"> flesvoeding. Heeft de baby speciale voeding nodig dan </w:t>
       </w:r>
       <w:r w:rsidR="008B7993">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve">kan dit door de ouders meegegeven worden. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3BCF98B4" w14:textId="77777777" w:rsidR="0000471B" w:rsidRDefault="0000471B">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="66927EE7" w14:textId="17E10DF6" w:rsidR="00052E76" w:rsidRDefault="00417AE9">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Slapen</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="56713263" w14:textId="0E19D2CA" w:rsidR="002108F0" w:rsidRDefault="00402BF7">
+    <w:p w14:paraId="56713263" w14:textId="5A83F380" w:rsidR="002108F0" w:rsidRDefault="00402BF7">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Er zijn</w:t>
       </w:r>
       <w:r w:rsidR="00BB1AA3">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> in Thuishuis Bellefleur </w:t>
       </w:r>
       <w:r w:rsidR="001E1D18">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidR="00711782">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> slaapruimtes met </w:t>
       </w:r>
+      <w:r w:rsidR="00BF5CAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">12 </w:t>
+      </w:r>
       <w:r w:rsidR="007F0A32">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t xml:space="preserve">7 </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00711782">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>ledikantjes</w:t>
       </w:r>
       <w:r w:rsidR="00BB1AA3">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">, ook is er </w:t>
       </w:r>
+      <w:r w:rsidR="00220583">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">zijn </w:t>
+      </w:r>
       <w:r w:rsidR="0077480F">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>een wiegje voor de allerjongsten.</w:t>
+        <w:t>wiegje</w:t>
+      </w:r>
+      <w:r w:rsidR="00220583">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="0077480F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> voor de allerjongsten.</w:t>
       </w:r>
       <w:r w:rsidR="008A236A">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00534605" w:rsidRPr="007864FA">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Mijn ervaring is dat alle kinderen tot ongeveer </w:t>
       </w:r>
       <w:r w:rsidR="00B30806" w:rsidRPr="007864FA">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>drieënhalf</w:t>
       </w:r>
       <w:r w:rsidR="00534605" w:rsidRPr="007864FA">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
@@ -14696,69 +15078,93 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="05CDBA89" w14:textId="77777777" w:rsidR="00D058B0" w:rsidRPr="00534605" w:rsidRDefault="00D058B0">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="64598501" w14:textId="77777777" w:rsidR="00052E76" w:rsidRDefault="00417AE9">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Ziekte</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="595069B4" w14:textId="1CA38CD5" w:rsidR="00052E76" w:rsidRDefault="00417AE9">
-[...9 lines deleted...]
-        <w:t xml:space="preserve">Wanneer een kind tijdens de opvang ziek wordt, nemen we contact op met de ouder(s). We kunnen dan, afhankelijk van de aard en ernst van de ziekte,  overleggen of het kind nog kan blijven of dat het nodig is dat de ouder(s) hun kind ophalen. Dit laatste is het geval wanneer er sprake is van koorts (meer dan 38,5 graden Celsius), diarree of een besmettelijke ziekte. Wanneer een kind thuis koorts, diarree of een besmettelijke ziekte heeft, kan het kind niet naar het Thuishuis komen. </w:t>
+    <w:p w14:paraId="595069B4" w14:textId="0F5D07ED" w:rsidR="00052E76" w:rsidRDefault="00417AE9">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Wanneer een kind tijdens de opvang ziek wordt, nemen we contact op met de ouder(s). We kunnen dan, afhankelijk van de aard en ernst van de ziekte,  overleggen of het kind nog kan blijven of dat het nodig is dat de ouder(s) hun kind ophalen. Dit laatste is het geval wanneer er sprake is van koorts (meer dan 38,5 graden Celsius), diarree of een besmettelijke ziekte. </w:t>
       </w:r>
       <w:r w:rsidR="00FD2186">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
         </w:rPr>
         <w:t>Een ziek kindje is ook het liefst thuis bij zijn ouder</w:t>
       </w:r>
       <w:r w:rsidR="00937942">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00655FCF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00135592">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve">We hebben een beleid bij ziekte </w:t>
+      </w:r>
+      <w:r w:rsidR="00655FCF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t>dit is bij de ouders bekend</w:t>
+      </w:r>
+      <w:r w:rsidR="008B6A23">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve">Mocht een kind tijdens de opvang medicijnen nodig hebben, dan gebruiken we een geneesmiddelenprotocol, waarbij ouders toestemming geven voor het toedienen van medicijnen. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7CF3FF45" w14:textId="77777777" w:rsidR="00052E76" w:rsidRDefault="00052E76">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
           <w:color w:val="FF0066"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3794F4F3" w14:textId="77777777" w:rsidR="00052E76" w:rsidRPr="00190E4D" w:rsidRDefault="00417AE9">
       <w:pPr>
@@ -14841,127 +15247,175 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="73859FCF" w14:textId="5DCC1A62" w:rsidR="00052E76" w:rsidRPr="00190E4D" w:rsidRDefault="00101D49" w:rsidP="002108F0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
           <w:color w:val="FF0066"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00190E4D">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve">Voor wat betreft het buienspelen, spelen de </w:t>
       </w:r>
       <w:r w:rsidR="00417AE9" w:rsidRPr="00190E4D">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve">kinderen buiten op de buitenspeelruimte van het Thuishuis in aanwezigheid van de vaste leidster. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4EA296CC" w14:textId="25115BE7" w:rsidR="0021539B" w:rsidRDefault="00190E4D" w:rsidP="006379C6">
+    <w:p w14:paraId="4EA296CC" w14:textId="4DEB8C04" w:rsidR="0021539B" w:rsidRDefault="00190E4D" w:rsidP="006379C6">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="00190E4D">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
         </w:rPr>
         <w:t>Daarnaast maken we bij</w:t>
       </w:r>
       <w:r w:rsidR="008339FB">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve"> Thuishuis Bellefleur</w:t>
       </w:r>
       <w:r w:rsidR="00417AE9" w:rsidRPr="00190E4D">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve"> ook geregeld kleine, dagelijkse uitstapjes, zoals wandelen naar het dorp, bijvoorbeeld voor een boodschapje</w:t>
       </w:r>
       <w:r w:rsidR="00E51D98">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve">. We lopen ook wel </w:t>
       </w:r>
       <w:r w:rsidR="00417AE9" w:rsidRPr="00190E4D">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
         </w:rPr>
-        <w:t xml:space="preserve">naar </w:t>
+        <w:t>na</w:t>
+      </w:r>
+      <w:r w:rsidR="00A33613">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t>ar de speeltuintjes in de buurt</w:t>
+      </w:r>
+      <w:r w:rsidR="00E51D98">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00417AE9" w:rsidRPr="00190E4D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Dit doen we </w:t>
       </w:r>
       <w:r w:rsidR="002108F0" w:rsidRPr="00190E4D">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
         </w:rPr>
-        <w:t>het park of bij het Eemskanaal</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00E51D98">
+        <w:t>in de bolderkar</w:t>
+      </w:r>
+      <w:r w:rsidR="007122E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> en de vierlingwagen.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E7FDF4F" w14:textId="3AD0CD9A" w:rsidR="0021539B" w:rsidRPr="00777CB3" w:rsidRDefault="0021539B" w:rsidP="0021539B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00777CB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t>Afhankelijk van de grootte en samenstelling van de groep,</w:t>
+      </w:r>
+      <w:r w:rsidR="0086618F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A57C36">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t>kijken we hoeveel leidster</w:t>
+      </w:r>
+      <w:r w:rsidR="0086618F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t>s gaan</w:t>
+      </w:r>
+      <w:r w:rsidR="00A57C36">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> wandelen</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00777CB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0086618F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. We vinden het </w:t>
+      </w:r>
+      <w:r w:rsidR="00F636D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t>leukst met zijn allen maar soms slaapt er nog een kindje of moet iemand de fles</w:t>
+      </w:r>
+      <w:r w:rsidR="005865B9">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
         </w:rPr>
         <w:t>.</w:t>
-      </w:r>
-[...30 lines deleted...]
-        <w:t xml:space="preserve">Afhankelijk van de grootte en samenstelling van de groep, maken we bij dergelijke activiteiten gebruik van de hulp en ondersteuning van andere volwassenen, zoals een vaste invalkracht en/of de achterwacht. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3C7EB9AC" w14:textId="3575572B" w:rsidR="006E0215" w:rsidRDefault="006E0215" w:rsidP="006E0215">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="64A5DE50" w14:textId="77777777" w:rsidR="006E0215" w:rsidRDefault="006E0215" w:rsidP="006E0215">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4A4E934E" w14:textId="77777777" w:rsidR="006E0215" w:rsidRDefault="006E0215" w:rsidP="006E0215">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
@@ -15061,62 +15515,86 @@
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve"> Thuishuis Bellefleur. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve">Ook wordt bekeken, of er op de gewenste dagen mogelijkheden zijn om het kind te plaatsen. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5920CE33" w14:textId="77777777" w:rsidR="00052E76" w:rsidRDefault="00417AE9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
         </w:rPr>
         <w:t>Als ouders hun kind graag in het Thuishuis zien komen, worden tijdens het plaatsingsgesprek wensen en behoeftes van de ouders besproken en verdere afspraken gemaakt over de opvang en de wenperiode.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5A936466" w14:textId="65F32D06" w:rsidR="00052E76" w:rsidRDefault="00417AE9">
+    <w:p w14:paraId="5A936466" w14:textId="045C06B4" w:rsidR="00052E76" w:rsidRDefault="00417AE9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
         </w:rPr>
-        <w:t>Bij de intake krijgen de ouders het informatieboekje met alle afspraken die gelden in</w:t>
+        <w:t xml:space="preserve">Bij de </w:t>
+      </w:r>
+      <w:r w:rsidR="0073215D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t>aanmelding</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> krijgen de ouders </w:t>
+      </w:r>
+      <w:r w:rsidR="0073215D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t>een mail</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> met alle afspraken die gelden in</w:t>
       </w:r>
       <w:r w:rsidR="00283504">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve"> Thuishuis Bellefleur.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve"> Ze worden gewezen op het klachtenrecht en op de functie van de oudercommissie. Ook worden ze gewezen op het pedagogisch beleidsplan en het inspectierapport waarvan een actuele versie op de website is te vinden.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="637F9025" w14:textId="77777777" w:rsidR="00052E76" w:rsidRDefault="00052E76">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2FC9B548" w14:textId="77777777" w:rsidR="00052E76" w:rsidRDefault="00417AE9">
       <w:pPr>
         <w:rPr>
@@ -15158,90 +15636,133 @@
         <w:t xml:space="preserve"> vinden we het belangrijk, dat ieder kind zich zo snel mogelijk thuis voelt. Nadat een kind voor de dagopvang is aangemeld, mag het eerst samen met de ouder een uurtje komen wennen in het Thuishuis. Zo krijgt de ouder ook een beeld van wat er allemaal gebeurt in de opvang. De volgende stap is meestal, dat het kind een dagdeel langs komt om te wennen aan afscheid nemen van de ouder. Gedurende het wenproces zal steeds gekeken worden op welke manier het proces het beste voortgezet kan worden, natuurlijk steeds in overleg met de ouders. Het wennen kan voor ieder kind anders verlopen, het is een individueel proces, het ene kind went sneller dan het andere kind.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="25160602" w14:textId="77777777" w:rsidR="00052E76" w:rsidRDefault="00052E76">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
           <w:color w:val="FF6600"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="306D4450" w14:textId="0F74DB03" w:rsidR="00052E76" w:rsidRPr="00862532" w:rsidRDefault="00417AE9" w:rsidP="00862532">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6AE286B4" w14:textId="77777777" w:rsidR="00052E76" w:rsidRDefault="00417AE9">
+    <w:p w14:paraId="03237AF4" w14:textId="13361CF9" w:rsidR="004F193D" w:rsidRDefault="00417AE9">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Evaluaties</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="13853EF9" w14:textId="7126F1AC" w:rsidR="00AB7477" w:rsidRDefault="00417AE9">
-[...9 lines deleted...]
-        <w:t xml:space="preserve">Zes weken nadat de opvang gestart is, volgt een evaluatie gesprek met de ouders. We bespreken hierin wensen en vragen aan ouders hoe ze de opvang tot nu toe ervaren. </w:t>
+    <w:p w14:paraId="13853EF9" w14:textId="14E00BE5" w:rsidR="00AB7477" w:rsidRPr="004F193D" w:rsidRDefault="004F193D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t>Als uw kind een tijdje in de opvang is horen we graag hoe jullie het vinden gaan en bieden de mogelijk tot een gesprek om de</w:t>
+      </w:r>
+      <w:r w:rsidR="00417AE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> wensen</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> aan te geven</w:t>
+      </w:r>
+      <w:r w:rsidR="00417AE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> en vragen </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t>te stellen.</w:t>
+      </w:r>
+      <w:r w:rsidR="00417AE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="002067F6">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
         </w:rPr>
-        <w:t>We sturen 2x per jaar een evaluatie</w:t>
+        <w:t xml:space="preserve">We sturen </w:t>
+      </w:r>
+      <w:r w:rsidR="005F3E5F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="002067F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t>x per jaar een evaluatie</w:t>
       </w:r>
       <w:r w:rsidR="00A334E9">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
         </w:rPr>
         <w:t>brief</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00417AE9">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00057D02">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
         </w:rPr>
         <w:t>en naar aanleiding daarvan is de mogelijkheid</w:t>
       </w:r>
       <w:r w:rsidR="00992060">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve"> tot een gesprek als er behoefte is.</w:t>
       </w:r>
       <w:r w:rsidR="00AB7477">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve"> Tot nu toe vind iedereen gelukkig nog steeds dat we tij</w:t>
       </w:r>
       <w:r w:rsidR="00F15399">
         <w:rPr>
@@ -15359,249 +15880,337 @@
         </w:rPr>
         <w:t xml:space="preserve">we willen </w:t>
       </w:r>
       <w:r w:rsidR="0046291B" w:rsidRPr="006E055D">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
         </w:rPr>
         <w:t>graag</w:t>
       </w:r>
       <w:r w:rsidR="00DC2FC4" w:rsidRPr="006E055D">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00DC0FFA" w:rsidRPr="006E055D">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve">aan elkaar </w:t>
       </w:r>
       <w:r w:rsidR="00251B61" w:rsidRPr="006E055D">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
         </w:rPr>
+        <w:t xml:space="preserve"> kunnen </w:t>
+      </w:r>
+      <w:r w:rsidR="00DC0FFA" w:rsidRPr="006E055D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve">uitwisselen </w:t>
+      </w:r>
+      <w:r w:rsidR="00DC2FC4" w:rsidRPr="006E055D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve">of </w:t>
+      </w:r>
+      <w:r w:rsidR="00DC0FFA" w:rsidRPr="006E055D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve">een </w:t>
+      </w:r>
+      <w:r w:rsidR="00DC2FC4" w:rsidRPr="006E055D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t>kind goed geslapen heeft</w:t>
+      </w:r>
+      <w:r w:rsidR="009A67DB" w:rsidRPr="006E055D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00DC2FC4" w:rsidRPr="006E055D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t>hoe</w:t>
+      </w:r>
+      <w:r w:rsidR="003941B3" w:rsidRPr="006E055D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidR="00DC2FC4" w:rsidRPr="006E055D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve">laat </w:t>
+      </w:r>
+      <w:r w:rsidR="00DC0FFA" w:rsidRPr="006E055D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve">het </w:t>
+      </w:r>
+      <w:r w:rsidR="00DC2FC4" w:rsidRPr="006E055D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t>flesvoeding heeft gehad</w:t>
+      </w:r>
+      <w:r w:rsidR="009A67DB" w:rsidRPr="006E055D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> en of er verder bijzonderheden zijn</w:t>
+      </w:r>
       <w:r w:rsidR="00251B61" w:rsidRPr="006E055D">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
         </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00DC2FC4" w:rsidRPr="006E055D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0DAFC0F2" w14:textId="4733ABD0" w:rsidR="0053700B" w:rsidRDefault="00DC2FC4">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003941B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">kunnen </w:t>
-[...39 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        <w:t>Voor de baby</w:t>
+      </w:r>
+      <w:r w:rsidR="00A3493C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>’s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003941B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> hebben we tot 1 jaar een over</w:t>
+      </w:r>
+      <w:r w:rsidR="00A3493C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003941B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>en</w:t>
+      </w:r>
+      <w:r w:rsidR="00A3493C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003941B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>weer schriftje. Daarin schri</w:t>
+      </w:r>
+      <w:r w:rsidR="0053700B" w:rsidRPr="003941B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">jft de ouder in ieder </w:t>
+      </w:r>
+      <w:r w:rsidR="00170028">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">geval </w:t>
+      </w:r>
+      <w:r w:rsidR="0053700B" w:rsidRPr="003941B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">het </w:t>
+      </w:r>
+      <w:r w:rsidR="006706F3" w:rsidRPr="003941B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>voeding</w:t>
+      </w:r>
+      <w:r w:rsidR="006706F3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="0053700B" w:rsidRPr="003941B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> en slaapschema en andere belangrijke </w:t>
+      </w:r>
+      <w:r w:rsidR="00A3493C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>zaken</w:t>
+      </w:r>
+      <w:r w:rsidR="0053700B" w:rsidRPr="003941B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00E237B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Door de informatie die de ouder deelt leren we </w:t>
+      </w:r>
+      <w:r w:rsidR="00181A93">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> nog sneller op de behoeftes van </w:t>
+      </w:r>
+      <w:r w:rsidR="00E237B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">het kindje </w:t>
+      </w:r>
+      <w:r w:rsidR="00181A93">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>in te spelen.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="046094A9" w14:textId="4F88FB31" w:rsidR="004F193D" w:rsidRPr="003941B3" w:rsidRDefault="004F193D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Op sommige tijden komen veel ouders tegelijk en is het niet mogelijk om lange overdracht te doen,</w:t>
+      </w:r>
+      <w:r w:rsidR="00604644">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> zet </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> belangrijke dingen </w:t>
+      </w:r>
+      <w:r w:rsidR="00604644">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> zoveel mogelijk in </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00DC2FC4" w:rsidRPr="006E055D">
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>kovnet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-[...1 lines deleted...]
-      <w:pPr>
+      <w:r w:rsidR="00CA5CEC">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-      </w:pPr>
-[...103 lines deleted...]
-        <w:t xml:space="preserve">. </w:t>
+        <w:t xml:space="preserve"> zodat we allemaal op de hoogte zijn.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3AC04AD1" w14:textId="31EF986D" w:rsidR="0053700B" w:rsidRPr="00DC2FC4" w:rsidRDefault="0053700B">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003941B3">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">We </w:t>
       </w:r>
       <w:r w:rsidR="00D96553" w:rsidRPr="005A7476">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
         </w:rPr>
         <w:t>houden</w:t>
       </w:r>
       <w:r w:rsidRPr="005A7476">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
@@ -16117,50 +16726,76 @@
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Personeel, vervanging en ondersteuning</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="24B2374A" w14:textId="77777777" w:rsidR="00052E76" w:rsidRDefault="00417AE9">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Een vast gezicht op de groep vind ik heel belangrijk, kinderen krijgen zo de kans een band op te bouwen en zich veilig te voelen. Dit geldt ook voor personeel en invalkrachten. </w:t>
       </w:r>
     </w:p>
+    <w:p w14:paraId="2FC3910A" w14:textId="7A1BD36F" w:rsidR="00953493" w:rsidRDefault="00953493">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Sinds 3 jaar staat Maaike ook</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF38AF">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> elke dag op de groep en sinds november 2025 staat Christina ook op de groep</w:t>
+      </w:r>
+      <w:r w:rsidR="00F84244">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
     <w:p w14:paraId="63FFD4A4" w14:textId="77777777" w:rsidR="00052E76" w:rsidRDefault="00052E76">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="688D91B6" w14:textId="159C2477" w:rsidR="00052E76" w:rsidRDefault="00417AE9">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Er wordt vervanging ingezet als de leidster van</w:t>
       </w:r>
       <w:r w:rsidR="003E08DC">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
@@ -16344,50 +16979,51 @@
         <w:rPr>
           <w:sz w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Coöperatie</w:t>
       </w:r>
       <w:r w:rsidRPr="00211210">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> Thuishuis</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7079FAD8" w14:textId="77777777" w:rsidR="00E70D91" w:rsidRPr="00211210" w:rsidRDefault="00E70D91" w:rsidP="00E70D91">
       <w:pPr>
         <w:pStyle w:val="Geenafstand"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00211210">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>De taken die horen bij het ontwikkelen, vertalen en implementeren van pedagogisch beleid naar de praktijk worden met ondersteuning van de pedagoog en adviseur</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>, aangesloten bij Coöperatie</w:t>
       </w:r>
       <w:r w:rsidRPr="00211210">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Thuishuis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00211210">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> uitgevoerd. </w:t>
@@ -16412,136 +17048,142 @@
     <w:p w14:paraId="18CAB55F" w14:textId="77777777" w:rsidR="00E70D91" w:rsidRDefault="00E70D91" w:rsidP="00E70D91">
       <w:pPr>
         <w:pStyle w:val="Geenafstand"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00211210">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Pedagogisch coach</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5CA0B42A" w14:textId="77777777" w:rsidR="00EB003D" w:rsidRPr="00211210" w:rsidRDefault="00EB003D" w:rsidP="00E70D91">
       <w:pPr>
         <w:pStyle w:val="Geenafstand"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="339CB8B5" w14:textId="287A8900" w:rsidR="00E70D91" w:rsidRPr="00211210" w:rsidRDefault="00E70D91" w:rsidP="00E70D91">
+    <w:p w14:paraId="339CB8B5" w14:textId="6CE589F5" w:rsidR="00E70D91" w:rsidRPr="00211210" w:rsidRDefault="00E70D91" w:rsidP="00E70D91">
       <w:pPr>
         <w:pStyle w:val="Geenafstand"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00211210">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t>Alle beroepskrachten, inclusief de eigenaresse en leidsters met een nul-urencontract/contract met flexibele uren en uitzendkrachten, krijgen coaching. Hiervoor zal</w:t>
+        <w:t>Alle beroepskrachten, inclusief de eigenaresse en leidsters krijgen coaching. Hiervoor zal</w:t>
       </w:r>
       <w:r w:rsidR="00A963D1">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Thuishuis Bellefleur</w:t>
       </w:r>
       <w:r w:rsidRPr="00211210">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> gebruik maken van het aanbod van </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Coöperatie</w:t>
       </w:r>
       <w:r w:rsidRPr="00211210">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Thuishuis. De pedagoog (</w:t>
+        <w:t xml:space="preserve"> Thuishuis. De pedagoog (Margit Vos) en adviseur (Ellen Kappen)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>, aangesloten bij Coöperatie</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00211210">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Thuishuis</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00211210">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> zijn beide</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>n</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00211210">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> opgeleid als orthopedagoog en zij zullen invulling gaan geven aan de coaching.</w:t>
+      </w:r>
+      <w:r w:rsidR="00CC42A6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> En ook Ria de </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00211210">
-[...3 lines deleted...]
-        <w:t>Margit</w:t>
+      <w:r w:rsidR="00CC42A6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Weerdt</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00211210">
-[...39 lines deleted...]
-        <w:t xml:space="preserve"> opgeleid als orthopedagoog en zij zullen invulling gaan geven aan de coaching.</w:t>
+      <w:r w:rsidR="00CC42A6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> is een vast gezicht bij ons als coach</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1E66BE44" w14:textId="77777777" w:rsidR="00E70D91" w:rsidRPr="00211210" w:rsidRDefault="00E70D91" w:rsidP="00E70D91">
       <w:pPr>
         <w:pStyle w:val="Geenafstand"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00211210">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Er zal per kalenderjaar op 1 januari vastgelegd worden hoeveel uren coaching op jaarbasis moeten worden ingezet en hoe deze uren over de medewerkers worden verdeeld. Deze berekening en inzet zal worden geregistreerd in een apart document.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="20EB537A" w14:textId="438232B8" w:rsidR="00B655EF" w:rsidRDefault="00B655EF">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="67EB219F" w14:textId="1C16F526" w:rsidR="00196465" w:rsidRDefault="00196465">
@@ -16956,348 +17598,376 @@
         </w:rPr>
         <w:t xml:space="preserve"> zorg ik voor een sfeer van warmte en veiligheid door als vaste en sensitieve verzorger aanwezig te zijn, goed te luisteren en adequaat te reageren op ieder kind. Vanuit deze veiligheid krijgt het kind de kans om te spelen, de wereld te ontdekken en zijn eigen grenzen te verleggen. Hierbij wordt rekening gehouden met de eigenheid van ieder kind. Ieder kind ontwikkelt zich op zijn eigen unieke manier, in zijn eigen tempo en interesses. Ik draag zorg</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>voor het aanbieden van condities voor het spel en voor voldoende aanbod van activiteiten en spelmateriaal, dat bij de leeftijd en interesse van elk kind aansluit. Het speelgoed in</w:t>
       </w:r>
       <w:r w:rsidR="00A963D1">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Thuishuis Bellefleur</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> is uitnodigend voor de fantasie en stimuleert verschillende aspecten van de ontwikkeling, zoals de lichamelijke ontwikkeling (fijne en grove motoriek), cognitieve en sociaal-emotionele ontwikkeling. Door op alle gebieden voortdurende uitdaging en vooruitgang te maken, zal uiteindelijk het zelfvertrouwen en de zelfstandigheid van kinderen groter worden. </w:t>
+        <w:t xml:space="preserve"> is uitnodigend voor de fantasie en stimuleert verschillende aspecten van de ontwikkeling, zoals de lichamelijke </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">ontwikkeling (fijne en grove motoriek), cognitieve en sociaal-emotionele ontwikkeling. Door op alle gebieden voortdurende uitdaging en vooruitgang te maken, zal uiteindelijk het zelfvertrouwen en de zelfstandigheid van kinderen groter worden. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1F877868" w14:textId="5480A2DD" w:rsidR="00052E76" w:rsidRDefault="00417AE9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2B22FC3C" w14:textId="77777777" w:rsidR="00052E76" w:rsidRDefault="00417AE9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78334417" w14:textId="568D559B" w:rsidR="00052E76" w:rsidRDefault="00417AE9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>Observeren, signaleren</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Twee</w:t>
+      </w:r>
+      <w:r w:rsidR="004D7AC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a d</w:t>
+      </w:r>
+      <w:r w:rsidR="00B37E52">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>rie</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> keer per jaar wordt, op vaste momenten, een observatie uitgevoerd om een kind te volgen in zijn of haar ontwikkeling. Door deze werkwijze kunnen bijzonderheden tijdig gesignaleerd worden.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ieder kind zal geobserveerd worden door steeds dezelfde vaste leidster. Al tijdens het intakegesprek wordt aan ouders vermeld, wie de mentor van hun kind zal zijn. In</w:t>
+      </w:r>
+      <w:r w:rsidR="00D92B5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Thuishuis Bellefleur is dit de ondernemer </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB003D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve">zelf. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t>Deze mentor volgt de observaties en de ontwikkeling van het kind volgens het gekozen ontwikkelingsvolgsysteem en is altijd eerste aanspreekpunt voor de ouders</w:t>
+      </w:r>
+      <w:r w:rsidR="0083611E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18973073" w14:textId="77777777" w:rsidR="00A31949" w:rsidRDefault="00417AE9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Voor de observaties wordt gebruik gemaakt </w:t>
+      </w:r>
+      <w:r w:rsidR="006D1C3A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">van </w:t>
+      </w:r>
+      <w:r w:rsidR="00574262">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>3 observatie boekjes zo doe ik</w:t>
+      </w:r>
+      <w:r w:rsidR="006D1C3A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00574262">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>,zo praat</w:t>
+      </w:r>
+      <w:r w:rsidR="006D1C3A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ik en zo beweeg ik.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61C80C55" w14:textId="0233CEF5" w:rsidR="00052E76" w:rsidRDefault="00417AE9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t>De ondernemer zelf heeft een training gevolgd voor het op juiste wijze gebruiken en toepassen van deze methode en kan eventueel aanwezig personeel hierin begeleiden. Door met elkaar te overleggen en observaties van kinderen te bespreken, kan dan ook het personeel goed met deze methode werken en zo ook als mentor bijzonderheden in de ontwikkeling van kinderen of andere problemen signaleren.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="528DFAF6" w14:textId="77777777" w:rsidR="00052E76" w:rsidRDefault="00417AE9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Wanneer er vragen zijn over de methode zelf of over de ontwikkeling van een kind, kan altijd de hulp van de pedagoog, aangesloten bij de Coöperatie Thuishuis, ingeroepen worden. Uit een eenmalige observatie kan blijken, dat een kind achterloopt in een ontwikkelingsgebied. Dit is een signaal om het kind extra in de gaten te houden. Omdat het kind jong is en de ontwikkeling nog kan variëren, worden in deze fase geen vervolgstappen ondernomen. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2BE1804B" w14:textId="77777777" w:rsidR="00052E76" w:rsidRDefault="00052E76">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="05037752" w14:textId="77777777" w:rsidR="00052E76" w:rsidRDefault="00417AE9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:i/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>Begeleiding, vervolgstappen</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="71052F7F" w14:textId="77777777" w:rsidR="00052E76" w:rsidRDefault="00417AE9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Mocht na een tweede observatie de achterstand nog steeds aan de orde zijn en is er sprake van een sterker, alarmerender signaal, dan volgen verdere stappen. De mentor zal de aard van deze achterstand in kaart brengen om het kind daarna op passende wijze ontwikkelingsgericht te kunnen begeleiden. Dit kan, afhankelijk van de aard van de problematiek, met behulp van de pedagogische hulpmiddelen behorend bij de gebruikte observatiemethode. Ook kan in overleg met de pedagoog, aangesloten bij de Coöperatie Thuishuis, een passend begeleidingsplan opgesteld worden. Om hier de juiste keuze in te kunnen maken, zal de pedagoog het kind observeren en zal zij, mede met behulp van de ervaringen van de mentor, een advies/een plan van aanpak, opstellen. Het effect van extra begeleiding en zorg wordt geëvalueerd, gebruikmakend van het observatie instrument. Op basis van deze conclusies wordt het plan van aanpak eventueel bijgesteld. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6EFC0981" w14:textId="77777777" w:rsidR="00052E76" w:rsidRDefault="00417AE9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve">In het geval er externe zorgbegeleiding noodzakelijk is (doorverwijzing gebeurt altijd in overleg met de pedagoog, aangesloten bij de Coöperatie Thuishuis) sluit de mentor zoveel mogelijk aan bij de zorg die extern geboden wordt. Indien mogelijk zijn er contacten met de externe zorgverlener (zoals bv. het consultatiebureau, de huisarts, fysiotherapeut, JGZ, logopedie en CJG). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="56058921" w14:textId="77777777" w:rsidR="00052E76" w:rsidRDefault="00052E76">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2D6AAD27" w14:textId="77777777" w:rsidR="00052E76" w:rsidRDefault="00417AE9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:i/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:i/>
+        </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve"> </w:t>
-[...161 lines deleted...]
-    <w:p w14:paraId="2BE1804B" w14:textId="77777777" w:rsidR="00052E76" w:rsidRDefault="00052E76">
+        <w:t>Rol van de ouders</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="708175CD" w14:textId="77777777" w:rsidR="00052E76" w:rsidRDefault="00417AE9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...74 lines deleted...]
-      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
         </w:rPr>
         <w:t>Tijdens het structureel volgen van de ontwikkeling van een kind worden de ouders steeds betrokken in het proces, er worden geen stappen ondernomen zonder medeweten en goedkeuring van de ouders. Ouders worden ook actief betrokken bij de aanpak van eventuele achterstanden.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="31912200" w14:textId="77777777" w:rsidR="00052E76" w:rsidRDefault="00417AE9">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Dit geldt ook voor een juiste overdracht naar de basisschool/BSO. Er wordt altijd  gestreefd naar een doorgaande ontwikkellijn van het kind en in overleg met de ouders zal besloten worden of dit middels een koude (formulieren) overdracht zal verlopen, of middels een warme overdracht. Met name in geval van zorgen of bijzonderheden in de ontwikkeling is een warme overdracht gewenst. Middels het overdrachtsformulier geven ouders aan of ze wel of geen toestemming verlenen voor de overdracht van de gegevens aan de basisschool.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="27D21C77" w14:textId="77777777" w:rsidR="00052E76" w:rsidRDefault="00052E76">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
           <w:color w:val="00B050"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1140D7B5" w14:textId="77777777" w:rsidR="00B655EF" w:rsidRDefault="00B655EF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
           <w:color w:val="00B050"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="352CE2FC" w14:textId="77777777" w:rsidR="00B655EF" w:rsidRDefault="00B655EF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
@@ -17399,61 +18069,61 @@
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3281B5B8" w14:textId="77777777" w:rsidR="00052E76" w:rsidRDefault="00052E76">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00052E76">
       <w:footerReference w:type="default" r:id="rId7"/>
       <w:pgSz w:w="11908" w:h="16833"/>
       <w:pgMar w:top="1416" w:right="1416" w:bottom="1416" w:left="1416" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5489EADF" w14:textId="77777777" w:rsidR="00566460" w:rsidRDefault="00566460">
+    <w:p w14:paraId="7F637DF4" w14:textId="77777777" w:rsidR="00B57CBC" w:rsidRDefault="00B57CBC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="21A0450D" w14:textId="77777777" w:rsidR="00566460" w:rsidRDefault="00566460">
+    <w:p w14:paraId="0FCFC96E" w14:textId="77777777" w:rsidR="00B57CBC" w:rsidRDefault="00B57CBC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
@@ -17476,117 +18146,101 @@
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Carlito Regular">
     <w:altName w:val="Calibri"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:sdt>
-[...13 lines deleted...]
-        </w:pPr>
+  <w:p w14:paraId="7C92EB18" w14:textId="77777777" w:rsidR="000D4320" w:rsidRDefault="006A01D4">
+    <w:pPr>
+      <w:pStyle w:val="Voettekst"/>
+    </w:pPr>
+    <w:r>
+      <w:t>Pedagogisch beleidsplan Thuishuis Bellefleur  maart 2026</w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="62E848BE" w14:textId="55BE320C" w:rsidR="006A01D4" w:rsidRDefault="006A01D4">
+    <w:pPr>
+      <w:pStyle w:val="Voettekst"/>
+    </w:pPr>
+    <w:sdt>
+      <w:sdtPr>
+        <w:id w:val="969169713"/>
+        <w:placeholder>
+          <w:docPart w:val="891F21B7D1904A079093A3D3D2075444"/>
+        </w:placeholder>
+        <w:temporary/>
+        <w:showingPlcHdr/>
+        <w15:appearance w15:val="hidden"/>
+      </w:sdtPr>
+      <w:sdtContent>
         <w:r>
-          <w:t xml:space="preserve">Pedagogisch beleidsplan Thuishuis Bellefleur </w:t>
+          <w:t>[Typ hier]</w:t>
         </w:r>
-        <w:r w:rsidR="001804C6">
-[...25 lines deleted...]
-  </w:sdt>
+      </w:sdtContent>
+    </w:sdt>
+  </w:p>
   <w:p w14:paraId="39E38AAE" w14:textId="77777777" w:rsidR="00052E76" w:rsidRDefault="00052E76">
     <w:pPr>
       <w:pStyle w:val="Voettekst"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="70A54DE4" w14:textId="77777777" w:rsidR="00566460" w:rsidRDefault="00566460">
+    <w:p w14:paraId="0BF1D012" w14:textId="77777777" w:rsidR="00B57CBC" w:rsidRDefault="00B57CBC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="690D05E5" w14:textId="77777777" w:rsidR="00566460" w:rsidRDefault="00566460">
+    <w:p w14:paraId="51553C31" w14:textId="77777777" w:rsidR="00B57CBC" w:rsidRDefault="00B57CBC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="09AE0923"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="55A8A3BE"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
@@ -17877,50 +18531,51 @@
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00052E76"/>
+    <w:rsid w:val="00000273"/>
     <w:rsid w:val="0000054B"/>
     <w:rsid w:val="00001C8C"/>
     <w:rsid w:val="0000204D"/>
     <w:rsid w:val="0000471B"/>
     <w:rsid w:val="0000520A"/>
     <w:rsid w:val="00006514"/>
     <w:rsid w:val="0001081F"/>
     <w:rsid w:val="0001092C"/>
     <w:rsid w:val="00012800"/>
     <w:rsid w:val="000152AB"/>
     <w:rsid w:val="000203D3"/>
     <w:rsid w:val="00023148"/>
     <w:rsid w:val="00023E8A"/>
     <w:rsid w:val="000305F5"/>
     <w:rsid w:val="00030DC0"/>
     <w:rsid w:val="000310C0"/>
     <w:rsid w:val="00031F61"/>
     <w:rsid w:val="00032F45"/>
     <w:rsid w:val="00037F4F"/>
     <w:rsid w:val="000407BB"/>
     <w:rsid w:val="0004110E"/>
     <w:rsid w:val="00041C9B"/>
     <w:rsid w:val="00043251"/>
     <w:rsid w:val="0004435A"/>
     <w:rsid w:val="00051B0D"/>
@@ -17929,997 +18584,1053 @@
     <w:rsid w:val="0005780C"/>
     <w:rsid w:val="00057D02"/>
     <w:rsid w:val="00062714"/>
     <w:rsid w:val="0006434B"/>
     <w:rsid w:val="000678A9"/>
     <w:rsid w:val="000703A0"/>
     <w:rsid w:val="0007402F"/>
     <w:rsid w:val="00081368"/>
     <w:rsid w:val="00084B9B"/>
     <w:rsid w:val="00085084"/>
     <w:rsid w:val="00086393"/>
     <w:rsid w:val="00086878"/>
     <w:rsid w:val="00094519"/>
     <w:rsid w:val="00094CC9"/>
     <w:rsid w:val="0009583F"/>
     <w:rsid w:val="000962B2"/>
     <w:rsid w:val="00096765"/>
     <w:rsid w:val="00096AF4"/>
     <w:rsid w:val="000A58EC"/>
     <w:rsid w:val="000B16D9"/>
     <w:rsid w:val="000B4749"/>
     <w:rsid w:val="000C03A0"/>
     <w:rsid w:val="000C0A6D"/>
     <w:rsid w:val="000C0F14"/>
     <w:rsid w:val="000C4D5D"/>
+    <w:rsid w:val="000D1F7C"/>
+    <w:rsid w:val="000D4320"/>
     <w:rsid w:val="000D5B58"/>
     <w:rsid w:val="000D71D3"/>
     <w:rsid w:val="000E3368"/>
     <w:rsid w:val="000E383E"/>
     <w:rsid w:val="000E3A4C"/>
     <w:rsid w:val="000E3E8D"/>
     <w:rsid w:val="000E43BC"/>
     <w:rsid w:val="000E7D3C"/>
     <w:rsid w:val="000F01F7"/>
     <w:rsid w:val="000F3B56"/>
     <w:rsid w:val="000F5EFF"/>
     <w:rsid w:val="000F66E9"/>
     <w:rsid w:val="000F7A9C"/>
     <w:rsid w:val="00100D27"/>
     <w:rsid w:val="00101606"/>
     <w:rsid w:val="00101D49"/>
     <w:rsid w:val="00105A7E"/>
     <w:rsid w:val="00106B9A"/>
-    <w:rsid w:val="00111536"/>
     <w:rsid w:val="00112AFA"/>
     <w:rsid w:val="00112ED3"/>
     <w:rsid w:val="00116C6E"/>
     <w:rsid w:val="00124C97"/>
     <w:rsid w:val="001250E4"/>
     <w:rsid w:val="0013457A"/>
     <w:rsid w:val="00134911"/>
     <w:rsid w:val="00134C36"/>
+    <w:rsid w:val="00135592"/>
     <w:rsid w:val="00136668"/>
     <w:rsid w:val="0014129C"/>
     <w:rsid w:val="00143D0B"/>
     <w:rsid w:val="0014571D"/>
     <w:rsid w:val="00146C8A"/>
     <w:rsid w:val="0014702A"/>
     <w:rsid w:val="001522A8"/>
     <w:rsid w:val="00154991"/>
     <w:rsid w:val="0015507F"/>
     <w:rsid w:val="00163E94"/>
+    <w:rsid w:val="00164BD9"/>
     <w:rsid w:val="001665C0"/>
     <w:rsid w:val="00170028"/>
     <w:rsid w:val="0017090C"/>
     <w:rsid w:val="0017183B"/>
     <w:rsid w:val="00172953"/>
     <w:rsid w:val="00172F32"/>
     <w:rsid w:val="001733CB"/>
     <w:rsid w:val="00173920"/>
     <w:rsid w:val="00174152"/>
     <w:rsid w:val="00174CD7"/>
     <w:rsid w:val="001802D0"/>
     <w:rsid w:val="00180314"/>
     <w:rsid w:val="001804C6"/>
+    <w:rsid w:val="00181A93"/>
     <w:rsid w:val="0018399A"/>
     <w:rsid w:val="00190A27"/>
     <w:rsid w:val="00190E4D"/>
     <w:rsid w:val="001919CD"/>
     <w:rsid w:val="001929A3"/>
     <w:rsid w:val="001934A3"/>
     <w:rsid w:val="001957E8"/>
     <w:rsid w:val="00196465"/>
     <w:rsid w:val="001965F2"/>
+    <w:rsid w:val="001A0AED"/>
+    <w:rsid w:val="001A23AB"/>
     <w:rsid w:val="001A5892"/>
     <w:rsid w:val="001A5D12"/>
     <w:rsid w:val="001B40FA"/>
     <w:rsid w:val="001B60C1"/>
     <w:rsid w:val="001B7413"/>
     <w:rsid w:val="001B7706"/>
     <w:rsid w:val="001B796D"/>
     <w:rsid w:val="001C2EBD"/>
     <w:rsid w:val="001D0E32"/>
     <w:rsid w:val="001E14D5"/>
     <w:rsid w:val="001E1D18"/>
     <w:rsid w:val="001E1EA9"/>
     <w:rsid w:val="001E1EDB"/>
+    <w:rsid w:val="001E76C9"/>
     <w:rsid w:val="001F2D2E"/>
     <w:rsid w:val="001F3682"/>
     <w:rsid w:val="001F44E7"/>
     <w:rsid w:val="001F5ACC"/>
     <w:rsid w:val="001F632A"/>
     <w:rsid w:val="002004FC"/>
     <w:rsid w:val="002014E7"/>
     <w:rsid w:val="00202FB5"/>
     <w:rsid w:val="00202FD0"/>
     <w:rsid w:val="00205D25"/>
     <w:rsid w:val="002067F6"/>
     <w:rsid w:val="002077CD"/>
     <w:rsid w:val="002108F0"/>
     <w:rsid w:val="00214D20"/>
     <w:rsid w:val="0021539B"/>
     <w:rsid w:val="00216910"/>
+    <w:rsid w:val="00220583"/>
     <w:rsid w:val="0022165E"/>
     <w:rsid w:val="0022198D"/>
     <w:rsid w:val="002221A9"/>
     <w:rsid w:val="00223384"/>
     <w:rsid w:val="00224263"/>
     <w:rsid w:val="00226201"/>
     <w:rsid w:val="00227C80"/>
     <w:rsid w:val="002407D0"/>
     <w:rsid w:val="0024086B"/>
     <w:rsid w:val="00242CBE"/>
     <w:rsid w:val="00243E66"/>
+    <w:rsid w:val="002466A3"/>
     <w:rsid w:val="00251B61"/>
     <w:rsid w:val="00253063"/>
     <w:rsid w:val="00261863"/>
     <w:rsid w:val="002622C1"/>
     <w:rsid w:val="00266630"/>
     <w:rsid w:val="00267093"/>
     <w:rsid w:val="00267745"/>
     <w:rsid w:val="002703A5"/>
     <w:rsid w:val="002752A3"/>
     <w:rsid w:val="00281091"/>
     <w:rsid w:val="00283504"/>
     <w:rsid w:val="00287763"/>
     <w:rsid w:val="0029271C"/>
     <w:rsid w:val="00293243"/>
     <w:rsid w:val="002933A5"/>
     <w:rsid w:val="002946A2"/>
     <w:rsid w:val="00295481"/>
     <w:rsid w:val="00297066"/>
     <w:rsid w:val="002A1FDB"/>
     <w:rsid w:val="002A440C"/>
     <w:rsid w:val="002A4493"/>
     <w:rsid w:val="002A63B8"/>
     <w:rsid w:val="002B052C"/>
+    <w:rsid w:val="002B0F32"/>
     <w:rsid w:val="002B318E"/>
     <w:rsid w:val="002B4554"/>
+    <w:rsid w:val="002C4E67"/>
     <w:rsid w:val="002C576C"/>
     <w:rsid w:val="002C6FDE"/>
     <w:rsid w:val="002D02DC"/>
     <w:rsid w:val="002D223F"/>
     <w:rsid w:val="002D360B"/>
     <w:rsid w:val="002D54CF"/>
     <w:rsid w:val="002E23CF"/>
+    <w:rsid w:val="002E565A"/>
     <w:rsid w:val="002E6712"/>
     <w:rsid w:val="002F2F7A"/>
     <w:rsid w:val="002F51CB"/>
     <w:rsid w:val="002F7B0D"/>
     <w:rsid w:val="0030208C"/>
     <w:rsid w:val="0030325C"/>
     <w:rsid w:val="003036EA"/>
     <w:rsid w:val="003056A2"/>
     <w:rsid w:val="00310DFC"/>
     <w:rsid w:val="00311296"/>
     <w:rsid w:val="00311C04"/>
     <w:rsid w:val="0031405D"/>
     <w:rsid w:val="00314DF7"/>
     <w:rsid w:val="003208B3"/>
     <w:rsid w:val="0032142E"/>
     <w:rsid w:val="00321AAE"/>
     <w:rsid w:val="0032202D"/>
     <w:rsid w:val="003234FD"/>
     <w:rsid w:val="00326A07"/>
     <w:rsid w:val="00330638"/>
     <w:rsid w:val="003308BE"/>
     <w:rsid w:val="00330A8C"/>
     <w:rsid w:val="00332A90"/>
     <w:rsid w:val="003358C4"/>
     <w:rsid w:val="00335CEE"/>
     <w:rsid w:val="00343034"/>
     <w:rsid w:val="0034335D"/>
     <w:rsid w:val="0034465D"/>
     <w:rsid w:val="00345344"/>
     <w:rsid w:val="003516ED"/>
     <w:rsid w:val="00355CF6"/>
     <w:rsid w:val="00357C93"/>
     <w:rsid w:val="00371D35"/>
     <w:rsid w:val="003734C6"/>
     <w:rsid w:val="003745B2"/>
+    <w:rsid w:val="00374C08"/>
     <w:rsid w:val="003835C1"/>
     <w:rsid w:val="00383DA0"/>
     <w:rsid w:val="003841CD"/>
     <w:rsid w:val="00385D19"/>
     <w:rsid w:val="00387782"/>
     <w:rsid w:val="00387B22"/>
     <w:rsid w:val="00390E77"/>
     <w:rsid w:val="003941B3"/>
     <w:rsid w:val="003945FF"/>
     <w:rsid w:val="0039611D"/>
     <w:rsid w:val="003A0572"/>
     <w:rsid w:val="003A1675"/>
     <w:rsid w:val="003A46F7"/>
     <w:rsid w:val="003A4A61"/>
     <w:rsid w:val="003A4C96"/>
     <w:rsid w:val="003B1E2C"/>
     <w:rsid w:val="003B5A39"/>
     <w:rsid w:val="003B6551"/>
     <w:rsid w:val="003C16CC"/>
     <w:rsid w:val="003C2452"/>
     <w:rsid w:val="003C2BCD"/>
     <w:rsid w:val="003C2D47"/>
     <w:rsid w:val="003C35BA"/>
     <w:rsid w:val="003C4F17"/>
     <w:rsid w:val="003D01AF"/>
     <w:rsid w:val="003D5CC9"/>
     <w:rsid w:val="003E0861"/>
     <w:rsid w:val="003E08DC"/>
     <w:rsid w:val="003E2DAF"/>
+    <w:rsid w:val="003E49CF"/>
     <w:rsid w:val="003E7503"/>
     <w:rsid w:val="003F28F8"/>
     <w:rsid w:val="003F5AF3"/>
     <w:rsid w:val="003F7670"/>
     <w:rsid w:val="003F78D1"/>
     <w:rsid w:val="00402BF7"/>
     <w:rsid w:val="00403758"/>
     <w:rsid w:val="00405E0D"/>
     <w:rsid w:val="004076C2"/>
     <w:rsid w:val="0041002D"/>
     <w:rsid w:val="00411373"/>
     <w:rsid w:val="004169E8"/>
     <w:rsid w:val="00416F21"/>
     <w:rsid w:val="00417AE9"/>
     <w:rsid w:val="00417E83"/>
     <w:rsid w:val="00420DDA"/>
     <w:rsid w:val="004247A7"/>
     <w:rsid w:val="004264B0"/>
     <w:rsid w:val="004272ED"/>
     <w:rsid w:val="00431225"/>
     <w:rsid w:val="00431342"/>
     <w:rsid w:val="0043287D"/>
+    <w:rsid w:val="004345B5"/>
     <w:rsid w:val="0043770E"/>
     <w:rsid w:val="00437CED"/>
     <w:rsid w:val="00444C84"/>
     <w:rsid w:val="0044625D"/>
     <w:rsid w:val="00446968"/>
     <w:rsid w:val="00453C81"/>
     <w:rsid w:val="00454694"/>
     <w:rsid w:val="004605BB"/>
     <w:rsid w:val="00461BC2"/>
     <w:rsid w:val="0046291B"/>
     <w:rsid w:val="00463185"/>
     <w:rsid w:val="004638D7"/>
     <w:rsid w:val="004656FA"/>
     <w:rsid w:val="00466C05"/>
     <w:rsid w:val="004706FD"/>
     <w:rsid w:val="00475919"/>
     <w:rsid w:val="004813C9"/>
     <w:rsid w:val="00481FE8"/>
+    <w:rsid w:val="00483CED"/>
     <w:rsid w:val="00484C67"/>
     <w:rsid w:val="00484C76"/>
+    <w:rsid w:val="00485401"/>
     <w:rsid w:val="00490610"/>
     <w:rsid w:val="004917AF"/>
     <w:rsid w:val="00491AE6"/>
     <w:rsid w:val="004926EF"/>
     <w:rsid w:val="004932C2"/>
     <w:rsid w:val="00493CB7"/>
     <w:rsid w:val="00495F00"/>
     <w:rsid w:val="00496847"/>
     <w:rsid w:val="00497C51"/>
     <w:rsid w:val="004A255C"/>
     <w:rsid w:val="004A349B"/>
     <w:rsid w:val="004A6A50"/>
     <w:rsid w:val="004A6C7E"/>
     <w:rsid w:val="004B0300"/>
     <w:rsid w:val="004B1C49"/>
     <w:rsid w:val="004B3151"/>
     <w:rsid w:val="004B469B"/>
     <w:rsid w:val="004B6170"/>
     <w:rsid w:val="004C3BBA"/>
     <w:rsid w:val="004C3E64"/>
     <w:rsid w:val="004C59D1"/>
     <w:rsid w:val="004C5CDD"/>
     <w:rsid w:val="004D2D85"/>
+    <w:rsid w:val="004D7AC0"/>
     <w:rsid w:val="004E3D1D"/>
     <w:rsid w:val="004E4868"/>
     <w:rsid w:val="004E588A"/>
     <w:rsid w:val="004E75DA"/>
+    <w:rsid w:val="004F193D"/>
     <w:rsid w:val="004F45DA"/>
     <w:rsid w:val="004F4BDF"/>
     <w:rsid w:val="004F4DC3"/>
     <w:rsid w:val="004F72D5"/>
     <w:rsid w:val="00500DDC"/>
     <w:rsid w:val="0050155A"/>
     <w:rsid w:val="00503034"/>
     <w:rsid w:val="00506019"/>
     <w:rsid w:val="0051224A"/>
     <w:rsid w:val="005132A4"/>
     <w:rsid w:val="0051412E"/>
     <w:rsid w:val="005142F6"/>
+    <w:rsid w:val="005143DE"/>
     <w:rsid w:val="00515622"/>
     <w:rsid w:val="00516116"/>
     <w:rsid w:val="00516D6C"/>
     <w:rsid w:val="00520574"/>
     <w:rsid w:val="00521805"/>
     <w:rsid w:val="0052699B"/>
     <w:rsid w:val="00531CFA"/>
     <w:rsid w:val="00534605"/>
     <w:rsid w:val="00534F75"/>
     <w:rsid w:val="00535310"/>
     <w:rsid w:val="005356D7"/>
     <w:rsid w:val="0053700B"/>
     <w:rsid w:val="0054127B"/>
     <w:rsid w:val="00542A94"/>
     <w:rsid w:val="00542C47"/>
     <w:rsid w:val="005436F1"/>
     <w:rsid w:val="00544213"/>
     <w:rsid w:val="005456A8"/>
     <w:rsid w:val="00545826"/>
     <w:rsid w:val="0054644E"/>
     <w:rsid w:val="0054673C"/>
     <w:rsid w:val="00552559"/>
     <w:rsid w:val="005532A2"/>
     <w:rsid w:val="00555E85"/>
     <w:rsid w:val="0056172C"/>
     <w:rsid w:val="0056507E"/>
-    <w:rsid w:val="00566460"/>
     <w:rsid w:val="00570A02"/>
     <w:rsid w:val="00570B2C"/>
     <w:rsid w:val="00573342"/>
     <w:rsid w:val="00573BB7"/>
     <w:rsid w:val="00574262"/>
     <w:rsid w:val="00574932"/>
     <w:rsid w:val="00576564"/>
     <w:rsid w:val="00581A53"/>
     <w:rsid w:val="00581D4F"/>
     <w:rsid w:val="005831DB"/>
     <w:rsid w:val="00583EFD"/>
     <w:rsid w:val="00584208"/>
+    <w:rsid w:val="005865B9"/>
     <w:rsid w:val="0058711F"/>
     <w:rsid w:val="005879CA"/>
     <w:rsid w:val="0059071C"/>
     <w:rsid w:val="00592A8C"/>
     <w:rsid w:val="005969F6"/>
     <w:rsid w:val="00596EED"/>
     <w:rsid w:val="0059782F"/>
     <w:rsid w:val="00597E7D"/>
     <w:rsid w:val="005A0BFF"/>
     <w:rsid w:val="005A0DE2"/>
     <w:rsid w:val="005A2168"/>
     <w:rsid w:val="005A26CE"/>
     <w:rsid w:val="005A274D"/>
     <w:rsid w:val="005A4E85"/>
     <w:rsid w:val="005A7476"/>
     <w:rsid w:val="005B2520"/>
     <w:rsid w:val="005B2C04"/>
     <w:rsid w:val="005B5045"/>
     <w:rsid w:val="005B5448"/>
     <w:rsid w:val="005B6AA6"/>
     <w:rsid w:val="005B74DE"/>
     <w:rsid w:val="005B768C"/>
     <w:rsid w:val="005B7D61"/>
     <w:rsid w:val="005C1CF3"/>
     <w:rsid w:val="005C4C14"/>
     <w:rsid w:val="005C5692"/>
     <w:rsid w:val="005C7151"/>
+    <w:rsid w:val="005D2AAB"/>
     <w:rsid w:val="005D5A83"/>
     <w:rsid w:val="005D65FA"/>
     <w:rsid w:val="005D68B0"/>
     <w:rsid w:val="005E363E"/>
     <w:rsid w:val="005E3C5F"/>
     <w:rsid w:val="005E6852"/>
     <w:rsid w:val="005E6DFA"/>
     <w:rsid w:val="005F041B"/>
     <w:rsid w:val="005F2B8B"/>
+    <w:rsid w:val="005F3E5F"/>
     <w:rsid w:val="005F61EF"/>
     <w:rsid w:val="005F74A8"/>
+    <w:rsid w:val="00604644"/>
     <w:rsid w:val="006060A1"/>
     <w:rsid w:val="006100DA"/>
     <w:rsid w:val="0061326E"/>
     <w:rsid w:val="00617071"/>
     <w:rsid w:val="006179B6"/>
     <w:rsid w:val="00617F29"/>
     <w:rsid w:val="006217A7"/>
     <w:rsid w:val="006265CF"/>
     <w:rsid w:val="006300D8"/>
     <w:rsid w:val="00630924"/>
     <w:rsid w:val="00634F7E"/>
     <w:rsid w:val="00634F8D"/>
+    <w:rsid w:val="006351BE"/>
     <w:rsid w:val="006379C6"/>
     <w:rsid w:val="00637BDE"/>
     <w:rsid w:val="00644511"/>
+    <w:rsid w:val="0065283D"/>
     <w:rsid w:val="0065407E"/>
+    <w:rsid w:val="00655FCF"/>
     <w:rsid w:val="006574F3"/>
     <w:rsid w:val="00657639"/>
     <w:rsid w:val="00661F5B"/>
     <w:rsid w:val="006635FE"/>
     <w:rsid w:val="00664A68"/>
     <w:rsid w:val="00664CF3"/>
     <w:rsid w:val="00667E4D"/>
     <w:rsid w:val="006706F3"/>
     <w:rsid w:val="0067759F"/>
     <w:rsid w:val="00681BAB"/>
     <w:rsid w:val="0068218E"/>
     <w:rsid w:val="00686339"/>
     <w:rsid w:val="0068780D"/>
     <w:rsid w:val="00694673"/>
     <w:rsid w:val="00695993"/>
     <w:rsid w:val="0069740C"/>
+    <w:rsid w:val="006A01D4"/>
+    <w:rsid w:val="006A2495"/>
     <w:rsid w:val="006A2CB7"/>
+    <w:rsid w:val="006A5174"/>
     <w:rsid w:val="006B047C"/>
     <w:rsid w:val="006B3010"/>
     <w:rsid w:val="006B49EA"/>
     <w:rsid w:val="006B7030"/>
     <w:rsid w:val="006C20CF"/>
     <w:rsid w:val="006C421D"/>
     <w:rsid w:val="006D0EA3"/>
     <w:rsid w:val="006D1C3A"/>
     <w:rsid w:val="006D275C"/>
     <w:rsid w:val="006D28AD"/>
+    <w:rsid w:val="006D29F0"/>
     <w:rsid w:val="006D4130"/>
     <w:rsid w:val="006E0215"/>
     <w:rsid w:val="006E055D"/>
     <w:rsid w:val="006E0CA7"/>
     <w:rsid w:val="006E6401"/>
     <w:rsid w:val="006F1DE8"/>
+    <w:rsid w:val="006F5632"/>
     <w:rsid w:val="006F59BD"/>
     <w:rsid w:val="006F7FCA"/>
     <w:rsid w:val="00704046"/>
     <w:rsid w:val="007058D2"/>
     <w:rsid w:val="00705F90"/>
     <w:rsid w:val="00710032"/>
     <w:rsid w:val="007109D6"/>
     <w:rsid w:val="00711782"/>
+    <w:rsid w:val="007122E8"/>
     <w:rsid w:val="00713813"/>
     <w:rsid w:val="00715069"/>
     <w:rsid w:val="00715575"/>
     <w:rsid w:val="007158E3"/>
     <w:rsid w:val="007160A5"/>
     <w:rsid w:val="00717A28"/>
     <w:rsid w:val="00722657"/>
     <w:rsid w:val="00725A9B"/>
     <w:rsid w:val="00731943"/>
+    <w:rsid w:val="0073215D"/>
     <w:rsid w:val="00734361"/>
     <w:rsid w:val="007368F0"/>
+    <w:rsid w:val="007430EF"/>
     <w:rsid w:val="00743EF1"/>
     <w:rsid w:val="00743F2D"/>
     <w:rsid w:val="0075130C"/>
     <w:rsid w:val="007537ED"/>
     <w:rsid w:val="00753EC0"/>
     <w:rsid w:val="00760B46"/>
     <w:rsid w:val="007640D9"/>
     <w:rsid w:val="00766298"/>
     <w:rsid w:val="00766983"/>
     <w:rsid w:val="00766A9A"/>
     <w:rsid w:val="00772C56"/>
     <w:rsid w:val="007731E3"/>
     <w:rsid w:val="00773982"/>
     <w:rsid w:val="0077480F"/>
     <w:rsid w:val="0077702A"/>
     <w:rsid w:val="00777CB3"/>
     <w:rsid w:val="007805E8"/>
     <w:rsid w:val="00780C8C"/>
     <w:rsid w:val="00781E6F"/>
     <w:rsid w:val="007828EF"/>
     <w:rsid w:val="007864FA"/>
     <w:rsid w:val="0078652A"/>
     <w:rsid w:val="00791EA1"/>
     <w:rsid w:val="007934B4"/>
     <w:rsid w:val="007A11F3"/>
     <w:rsid w:val="007A30E7"/>
     <w:rsid w:val="007A3531"/>
     <w:rsid w:val="007A42B4"/>
     <w:rsid w:val="007B1CA5"/>
-    <w:rsid w:val="007B6748"/>
     <w:rsid w:val="007C08F0"/>
     <w:rsid w:val="007C0DCA"/>
     <w:rsid w:val="007C410B"/>
     <w:rsid w:val="007C53F5"/>
     <w:rsid w:val="007D5317"/>
     <w:rsid w:val="007D56CA"/>
     <w:rsid w:val="007D730A"/>
     <w:rsid w:val="007E01AB"/>
     <w:rsid w:val="007E35F4"/>
     <w:rsid w:val="007E41F9"/>
     <w:rsid w:val="007E666F"/>
     <w:rsid w:val="007E6D7D"/>
     <w:rsid w:val="007F042E"/>
     <w:rsid w:val="007F0A32"/>
     <w:rsid w:val="007F354F"/>
     <w:rsid w:val="007F365E"/>
     <w:rsid w:val="007F55FB"/>
     <w:rsid w:val="008022EA"/>
     <w:rsid w:val="00805719"/>
     <w:rsid w:val="0080652B"/>
     <w:rsid w:val="008070CE"/>
     <w:rsid w:val="00810358"/>
     <w:rsid w:val="00812FB3"/>
     <w:rsid w:val="0081550C"/>
     <w:rsid w:val="00817DD4"/>
     <w:rsid w:val="008225A1"/>
-    <w:rsid w:val="00822DD0"/>
     <w:rsid w:val="008248A5"/>
     <w:rsid w:val="00827874"/>
     <w:rsid w:val="0083017D"/>
     <w:rsid w:val="0083079B"/>
     <w:rsid w:val="008326DC"/>
     <w:rsid w:val="008326F1"/>
     <w:rsid w:val="00832DA7"/>
     <w:rsid w:val="00833005"/>
     <w:rsid w:val="008339FB"/>
     <w:rsid w:val="008347C1"/>
     <w:rsid w:val="00834A1E"/>
     <w:rsid w:val="00835836"/>
     <w:rsid w:val="0083611E"/>
     <w:rsid w:val="00837D2D"/>
     <w:rsid w:val="00837F92"/>
     <w:rsid w:val="00846104"/>
     <w:rsid w:val="0084623C"/>
     <w:rsid w:val="008501AE"/>
     <w:rsid w:val="00850911"/>
     <w:rsid w:val="00853F5B"/>
     <w:rsid w:val="00855038"/>
     <w:rsid w:val="00856292"/>
     <w:rsid w:val="00857A1F"/>
     <w:rsid w:val="00862532"/>
+    <w:rsid w:val="0086618F"/>
     <w:rsid w:val="008669EA"/>
     <w:rsid w:val="00867FDF"/>
     <w:rsid w:val="00875A5C"/>
     <w:rsid w:val="00881852"/>
     <w:rsid w:val="00884EAD"/>
     <w:rsid w:val="00887F12"/>
     <w:rsid w:val="0089008C"/>
     <w:rsid w:val="008A236A"/>
     <w:rsid w:val="008A34F4"/>
     <w:rsid w:val="008A4862"/>
     <w:rsid w:val="008B1840"/>
     <w:rsid w:val="008B1FB5"/>
     <w:rsid w:val="008B2E9E"/>
+    <w:rsid w:val="008B6A23"/>
     <w:rsid w:val="008B7993"/>
     <w:rsid w:val="008C2513"/>
     <w:rsid w:val="008C2E91"/>
     <w:rsid w:val="008C7B68"/>
     <w:rsid w:val="008C7D77"/>
     <w:rsid w:val="008C7FEF"/>
     <w:rsid w:val="008D3691"/>
     <w:rsid w:val="008D39C4"/>
     <w:rsid w:val="008D4E5D"/>
     <w:rsid w:val="008D7DB9"/>
     <w:rsid w:val="008E5A64"/>
     <w:rsid w:val="008E7E1B"/>
-    <w:rsid w:val="008F08FA"/>
     <w:rsid w:val="008F4738"/>
     <w:rsid w:val="008F5493"/>
     <w:rsid w:val="008F7D1E"/>
     <w:rsid w:val="009033DF"/>
     <w:rsid w:val="009053DC"/>
     <w:rsid w:val="00914A82"/>
+    <w:rsid w:val="0091553F"/>
     <w:rsid w:val="00917172"/>
     <w:rsid w:val="00917316"/>
     <w:rsid w:val="00921D67"/>
     <w:rsid w:val="00930009"/>
     <w:rsid w:val="00930E31"/>
     <w:rsid w:val="00930E61"/>
     <w:rsid w:val="00933B49"/>
     <w:rsid w:val="00937942"/>
     <w:rsid w:val="00947178"/>
     <w:rsid w:val="0095204C"/>
     <w:rsid w:val="0095224A"/>
     <w:rsid w:val="00952C16"/>
+    <w:rsid w:val="00953493"/>
     <w:rsid w:val="00955931"/>
     <w:rsid w:val="00961212"/>
     <w:rsid w:val="00961918"/>
     <w:rsid w:val="00963D68"/>
+    <w:rsid w:val="009708FA"/>
     <w:rsid w:val="009734BC"/>
     <w:rsid w:val="009762CD"/>
     <w:rsid w:val="00977A59"/>
     <w:rsid w:val="00983DDF"/>
     <w:rsid w:val="0098538C"/>
     <w:rsid w:val="009877BD"/>
     <w:rsid w:val="00992060"/>
     <w:rsid w:val="00994474"/>
     <w:rsid w:val="009945E0"/>
     <w:rsid w:val="00996107"/>
     <w:rsid w:val="00996D92"/>
     <w:rsid w:val="009A40F8"/>
     <w:rsid w:val="009A5A68"/>
     <w:rsid w:val="009A67DB"/>
     <w:rsid w:val="009B3FAE"/>
     <w:rsid w:val="009B5A9F"/>
     <w:rsid w:val="009B7E28"/>
     <w:rsid w:val="009C0D8C"/>
     <w:rsid w:val="009C198A"/>
     <w:rsid w:val="009C6BFE"/>
     <w:rsid w:val="009D120B"/>
     <w:rsid w:val="009D1793"/>
     <w:rsid w:val="009D3C6A"/>
     <w:rsid w:val="009D5CE1"/>
     <w:rsid w:val="009E2D32"/>
     <w:rsid w:val="009E3635"/>
     <w:rsid w:val="009E6EA6"/>
     <w:rsid w:val="009E7F6B"/>
     <w:rsid w:val="009F30D9"/>
     <w:rsid w:val="00A008DA"/>
     <w:rsid w:val="00A018FC"/>
     <w:rsid w:val="00A01EF2"/>
     <w:rsid w:val="00A02074"/>
+    <w:rsid w:val="00A028B8"/>
+    <w:rsid w:val="00A0513E"/>
     <w:rsid w:val="00A07098"/>
     <w:rsid w:val="00A07C4C"/>
     <w:rsid w:val="00A07EC2"/>
     <w:rsid w:val="00A12747"/>
     <w:rsid w:val="00A208B0"/>
     <w:rsid w:val="00A222CF"/>
+    <w:rsid w:val="00A22627"/>
     <w:rsid w:val="00A22CEF"/>
     <w:rsid w:val="00A230CE"/>
     <w:rsid w:val="00A233D2"/>
     <w:rsid w:val="00A23FE4"/>
     <w:rsid w:val="00A24EB7"/>
     <w:rsid w:val="00A271FB"/>
     <w:rsid w:val="00A278F6"/>
     <w:rsid w:val="00A31546"/>
     <w:rsid w:val="00A31949"/>
     <w:rsid w:val="00A334E9"/>
+    <w:rsid w:val="00A33613"/>
     <w:rsid w:val="00A3493C"/>
     <w:rsid w:val="00A42E6B"/>
     <w:rsid w:val="00A43D74"/>
     <w:rsid w:val="00A445B8"/>
     <w:rsid w:val="00A51763"/>
     <w:rsid w:val="00A51CAC"/>
     <w:rsid w:val="00A52635"/>
     <w:rsid w:val="00A52FDB"/>
     <w:rsid w:val="00A53181"/>
     <w:rsid w:val="00A557BF"/>
     <w:rsid w:val="00A56032"/>
+    <w:rsid w:val="00A57C36"/>
     <w:rsid w:val="00A61155"/>
     <w:rsid w:val="00A6127C"/>
     <w:rsid w:val="00A62014"/>
     <w:rsid w:val="00A625B2"/>
     <w:rsid w:val="00A70F78"/>
     <w:rsid w:val="00A711FC"/>
     <w:rsid w:val="00A72717"/>
     <w:rsid w:val="00A730DB"/>
     <w:rsid w:val="00A7376B"/>
     <w:rsid w:val="00A77A68"/>
     <w:rsid w:val="00A80406"/>
     <w:rsid w:val="00A8401B"/>
     <w:rsid w:val="00A860EF"/>
     <w:rsid w:val="00A86CA6"/>
     <w:rsid w:val="00A90182"/>
     <w:rsid w:val="00A93BD1"/>
     <w:rsid w:val="00A9426D"/>
     <w:rsid w:val="00A9582F"/>
     <w:rsid w:val="00A963D1"/>
     <w:rsid w:val="00AA0AC2"/>
     <w:rsid w:val="00AA1104"/>
     <w:rsid w:val="00AA3DF7"/>
     <w:rsid w:val="00AA6205"/>
     <w:rsid w:val="00AB469F"/>
     <w:rsid w:val="00AB6D7B"/>
     <w:rsid w:val="00AB7477"/>
     <w:rsid w:val="00AC309D"/>
     <w:rsid w:val="00AC4BD9"/>
     <w:rsid w:val="00AC5743"/>
     <w:rsid w:val="00AC5AC0"/>
     <w:rsid w:val="00AC65AB"/>
     <w:rsid w:val="00AC6F69"/>
     <w:rsid w:val="00AC7749"/>
     <w:rsid w:val="00AC7AF6"/>
     <w:rsid w:val="00AD13D6"/>
     <w:rsid w:val="00AD4E6C"/>
+    <w:rsid w:val="00AD57A8"/>
     <w:rsid w:val="00AD594D"/>
     <w:rsid w:val="00AE03FF"/>
     <w:rsid w:val="00AE1460"/>
     <w:rsid w:val="00AE6E0B"/>
     <w:rsid w:val="00AE7484"/>
     <w:rsid w:val="00AF2320"/>
     <w:rsid w:val="00AF3725"/>
     <w:rsid w:val="00AF4F44"/>
     <w:rsid w:val="00B010FA"/>
     <w:rsid w:val="00B013EB"/>
     <w:rsid w:val="00B01FCC"/>
     <w:rsid w:val="00B110FB"/>
     <w:rsid w:val="00B12293"/>
     <w:rsid w:val="00B14E5A"/>
     <w:rsid w:val="00B15B9E"/>
     <w:rsid w:val="00B164A0"/>
     <w:rsid w:val="00B17DE9"/>
     <w:rsid w:val="00B21581"/>
     <w:rsid w:val="00B21746"/>
     <w:rsid w:val="00B30806"/>
     <w:rsid w:val="00B35BBA"/>
     <w:rsid w:val="00B378F6"/>
+    <w:rsid w:val="00B37E52"/>
     <w:rsid w:val="00B44A48"/>
     <w:rsid w:val="00B468BD"/>
     <w:rsid w:val="00B475DF"/>
     <w:rsid w:val="00B576BF"/>
+    <w:rsid w:val="00B57CBC"/>
     <w:rsid w:val="00B61DFE"/>
     <w:rsid w:val="00B63E98"/>
+    <w:rsid w:val="00B646E8"/>
     <w:rsid w:val="00B646EB"/>
     <w:rsid w:val="00B655EF"/>
     <w:rsid w:val="00B67B4E"/>
     <w:rsid w:val="00B7034F"/>
     <w:rsid w:val="00B76A80"/>
     <w:rsid w:val="00B85D6C"/>
     <w:rsid w:val="00B863EA"/>
     <w:rsid w:val="00B916EF"/>
     <w:rsid w:val="00B93111"/>
     <w:rsid w:val="00B93FAE"/>
     <w:rsid w:val="00B94674"/>
     <w:rsid w:val="00B95F63"/>
     <w:rsid w:val="00B960F4"/>
     <w:rsid w:val="00B96B8B"/>
     <w:rsid w:val="00B96E35"/>
     <w:rsid w:val="00BA1091"/>
     <w:rsid w:val="00BA5D00"/>
     <w:rsid w:val="00BB0A8A"/>
     <w:rsid w:val="00BB1AA3"/>
     <w:rsid w:val="00BB2446"/>
     <w:rsid w:val="00BB3595"/>
     <w:rsid w:val="00BB5EBC"/>
     <w:rsid w:val="00BC121A"/>
     <w:rsid w:val="00BC1331"/>
     <w:rsid w:val="00BD025D"/>
     <w:rsid w:val="00BD0683"/>
     <w:rsid w:val="00BD0BD9"/>
     <w:rsid w:val="00BD49CC"/>
     <w:rsid w:val="00BD659C"/>
     <w:rsid w:val="00BD745E"/>
     <w:rsid w:val="00BD78E0"/>
     <w:rsid w:val="00BE14C7"/>
     <w:rsid w:val="00BE5143"/>
     <w:rsid w:val="00BE549A"/>
+    <w:rsid w:val="00BF5CAC"/>
     <w:rsid w:val="00BF76BE"/>
     <w:rsid w:val="00C00362"/>
+    <w:rsid w:val="00C0094B"/>
     <w:rsid w:val="00C05E9E"/>
     <w:rsid w:val="00C1150E"/>
     <w:rsid w:val="00C12255"/>
     <w:rsid w:val="00C142BE"/>
     <w:rsid w:val="00C145BA"/>
     <w:rsid w:val="00C15B67"/>
     <w:rsid w:val="00C214B8"/>
     <w:rsid w:val="00C2612B"/>
     <w:rsid w:val="00C2753E"/>
     <w:rsid w:val="00C3012D"/>
     <w:rsid w:val="00C32956"/>
     <w:rsid w:val="00C329B0"/>
     <w:rsid w:val="00C36455"/>
     <w:rsid w:val="00C474B1"/>
     <w:rsid w:val="00C47667"/>
     <w:rsid w:val="00C506D8"/>
     <w:rsid w:val="00C5230B"/>
     <w:rsid w:val="00C562AE"/>
     <w:rsid w:val="00C62C57"/>
     <w:rsid w:val="00C660FF"/>
     <w:rsid w:val="00C72EA9"/>
     <w:rsid w:val="00C73475"/>
     <w:rsid w:val="00C74320"/>
     <w:rsid w:val="00C74725"/>
     <w:rsid w:val="00C74E82"/>
     <w:rsid w:val="00C761A4"/>
     <w:rsid w:val="00C76DEF"/>
     <w:rsid w:val="00C77A5C"/>
     <w:rsid w:val="00C803FB"/>
     <w:rsid w:val="00C81C4F"/>
     <w:rsid w:val="00C84FB0"/>
     <w:rsid w:val="00C8552A"/>
     <w:rsid w:val="00C856F9"/>
     <w:rsid w:val="00C90A65"/>
     <w:rsid w:val="00C92A77"/>
+    <w:rsid w:val="00C94168"/>
     <w:rsid w:val="00C96485"/>
     <w:rsid w:val="00CA3D37"/>
-    <w:rsid w:val="00CA5C0F"/>
+    <w:rsid w:val="00CA5CEC"/>
     <w:rsid w:val="00CA6693"/>
     <w:rsid w:val="00CA6A87"/>
     <w:rsid w:val="00CA6D37"/>
     <w:rsid w:val="00CB5A2C"/>
     <w:rsid w:val="00CB7BE3"/>
     <w:rsid w:val="00CC0255"/>
     <w:rsid w:val="00CC07C7"/>
     <w:rsid w:val="00CC1A00"/>
     <w:rsid w:val="00CC2C1F"/>
+    <w:rsid w:val="00CC42A6"/>
     <w:rsid w:val="00CC5D34"/>
     <w:rsid w:val="00CC63C3"/>
     <w:rsid w:val="00CD167C"/>
     <w:rsid w:val="00CD1DD7"/>
     <w:rsid w:val="00CD28A8"/>
     <w:rsid w:val="00CD4442"/>
     <w:rsid w:val="00CD550F"/>
     <w:rsid w:val="00CD57AD"/>
     <w:rsid w:val="00CE0152"/>
     <w:rsid w:val="00CE098C"/>
     <w:rsid w:val="00CE408A"/>
     <w:rsid w:val="00CE4326"/>
     <w:rsid w:val="00CE4DEC"/>
     <w:rsid w:val="00CE5A9C"/>
     <w:rsid w:val="00CE79AA"/>
     <w:rsid w:val="00CE7EDA"/>
     <w:rsid w:val="00CF1B2C"/>
     <w:rsid w:val="00D00554"/>
     <w:rsid w:val="00D02C74"/>
     <w:rsid w:val="00D03746"/>
     <w:rsid w:val="00D058B0"/>
     <w:rsid w:val="00D06316"/>
     <w:rsid w:val="00D064BB"/>
     <w:rsid w:val="00D10B93"/>
     <w:rsid w:val="00D20D0C"/>
     <w:rsid w:val="00D234ED"/>
     <w:rsid w:val="00D2463B"/>
     <w:rsid w:val="00D25AB3"/>
     <w:rsid w:val="00D2755F"/>
-    <w:rsid w:val="00D30633"/>
     <w:rsid w:val="00D3173B"/>
     <w:rsid w:val="00D329A9"/>
     <w:rsid w:val="00D3331F"/>
     <w:rsid w:val="00D407A5"/>
     <w:rsid w:val="00D46A95"/>
     <w:rsid w:val="00D47E79"/>
     <w:rsid w:val="00D501A9"/>
     <w:rsid w:val="00D50933"/>
     <w:rsid w:val="00D50F5E"/>
     <w:rsid w:val="00D51432"/>
     <w:rsid w:val="00D52335"/>
     <w:rsid w:val="00D53130"/>
     <w:rsid w:val="00D54896"/>
     <w:rsid w:val="00D5503E"/>
     <w:rsid w:val="00D64632"/>
     <w:rsid w:val="00D66719"/>
     <w:rsid w:val="00D6774E"/>
     <w:rsid w:val="00D708C9"/>
     <w:rsid w:val="00D70CD0"/>
     <w:rsid w:val="00D70FBB"/>
     <w:rsid w:val="00D71562"/>
     <w:rsid w:val="00D71797"/>
     <w:rsid w:val="00D72C68"/>
     <w:rsid w:val="00D771FA"/>
     <w:rsid w:val="00D772F7"/>
     <w:rsid w:val="00D80D5F"/>
     <w:rsid w:val="00D8216E"/>
     <w:rsid w:val="00D92B5B"/>
+    <w:rsid w:val="00D94901"/>
     <w:rsid w:val="00D96553"/>
     <w:rsid w:val="00D977DF"/>
     <w:rsid w:val="00DA1360"/>
     <w:rsid w:val="00DA14A7"/>
     <w:rsid w:val="00DA4E0E"/>
     <w:rsid w:val="00DA5353"/>
     <w:rsid w:val="00DA5A3C"/>
     <w:rsid w:val="00DB0C17"/>
     <w:rsid w:val="00DB2B7F"/>
     <w:rsid w:val="00DB4C5A"/>
     <w:rsid w:val="00DB4D35"/>
     <w:rsid w:val="00DB4F7E"/>
     <w:rsid w:val="00DB6627"/>
     <w:rsid w:val="00DB7F8B"/>
     <w:rsid w:val="00DC0FFA"/>
     <w:rsid w:val="00DC28C5"/>
     <w:rsid w:val="00DC2FC4"/>
     <w:rsid w:val="00DC5015"/>
     <w:rsid w:val="00DC5097"/>
     <w:rsid w:val="00DE2AAD"/>
     <w:rsid w:val="00DE5195"/>
     <w:rsid w:val="00DE6982"/>
     <w:rsid w:val="00DF028C"/>
+    <w:rsid w:val="00DF38AF"/>
     <w:rsid w:val="00E11AA2"/>
     <w:rsid w:val="00E120FE"/>
     <w:rsid w:val="00E1662F"/>
     <w:rsid w:val="00E170CD"/>
     <w:rsid w:val="00E20ABC"/>
     <w:rsid w:val="00E20FB0"/>
     <w:rsid w:val="00E227B1"/>
+    <w:rsid w:val="00E237B9"/>
     <w:rsid w:val="00E25F9A"/>
     <w:rsid w:val="00E26E5D"/>
     <w:rsid w:val="00E27BC0"/>
     <w:rsid w:val="00E27C03"/>
     <w:rsid w:val="00E27E75"/>
     <w:rsid w:val="00E30A23"/>
     <w:rsid w:val="00E319FC"/>
     <w:rsid w:val="00E31F19"/>
     <w:rsid w:val="00E411C2"/>
     <w:rsid w:val="00E44600"/>
     <w:rsid w:val="00E45C60"/>
     <w:rsid w:val="00E472D1"/>
     <w:rsid w:val="00E51D98"/>
     <w:rsid w:val="00E52E8E"/>
     <w:rsid w:val="00E52FD4"/>
     <w:rsid w:val="00E552B1"/>
     <w:rsid w:val="00E56F92"/>
     <w:rsid w:val="00E601FA"/>
     <w:rsid w:val="00E6159E"/>
     <w:rsid w:val="00E629E7"/>
     <w:rsid w:val="00E6588F"/>
     <w:rsid w:val="00E70D91"/>
     <w:rsid w:val="00E73EDD"/>
+    <w:rsid w:val="00E85894"/>
     <w:rsid w:val="00E907FC"/>
     <w:rsid w:val="00EA42CF"/>
     <w:rsid w:val="00EB003D"/>
     <w:rsid w:val="00EB4D34"/>
     <w:rsid w:val="00EC0FC8"/>
     <w:rsid w:val="00EC2C28"/>
     <w:rsid w:val="00EC4929"/>
     <w:rsid w:val="00EC56FA"/>
     <w:rsid w:val="00EC6191"/>
     <w:rsid w:val="00ED083E"/>
     <w:rsid w:val="00ED2288"/>
     <w:rsid w:val="00EE2670"/>
     <w:rsid w:val="00EE35DB"/>
     <w:rsid w:val="00EE393F"/>
     <w:rsid w:val="00EE40BC"/>
     <w:rsid w:val="00EE6F9F"/>
     <w:rsid w:val="00EE736C"/>
     <w:rsid w:val="00EE7E96"/>
     <w:rsid w:val="00EF4289"/>
     <w:rsid w:val="00EF5E90"/>
     <w:rsid w:val="00EF6E01"/>
     <w:rsid w:val="00EF73FE"/>
     <w:rsid w:val="00EF7447"/>
     <w:rsid w:val="00F1287F"/>
     <w:rsid w:val="00F13898"/>
     <w:rsid w:val="00F15399"/>
     <w:rsid w:val="00F1651F"/>
     <w:rsid w:val="00F173B2"/>
     <w:rsid w:val="00F202F1"/>
     <w:rsid w:val="00F24D7D"/>
     <w:rsid w:val="00F24F66"/>
     <w:rsid w:val="00F25FAC"/>
     <w:rsid w:val="00F3283A"/>
     <w:rsid w:val="00F33527"/>
     <w:rsid w:val="00F337C7"/>
     <w:rsid w:val="00F33E5C"/>
     <w:rsid w:val="00F347AD"/>
     <w:rsid w:val="00F37392"/>
     <w:rsid w:val="00F41E14"/>
     <w:rsid w:val="00F42402"/>
     <w:rsid w:val="00F43A2F"/>
     <w:rsid w:val="00F43A7D"/>
     <w:rsid w:val="00F468F5"/>
     <w:rsid w:val="00F47C1E"/>
     <w:rsid w:val="00F47DED"/>
     <w:rsid w:val="00F5474A"/>
     <w:rsid w:val="00F55DB7"/>
+    <w:rsid w:val="00F636D2"/>
     <w:rsid w:val="00F6537D"/>
     <w:rsid w:val="00F65A5B"/>
     <w:rsid w:val="00F66649"/>
     <w:rsid w:val="00F66CB0"/>
     <w:rsid w:val="00F71F4C"/>
     <w:rsid w:val="00F738FC"/>
     <w:rsid w:val="00F7633A"/>
     <w:rsid w:val="00F81EE5"/>
     <w:rsid w:val="00F82999"/>
+    <w:rsid w:val="00F84244"/>
     <w:rsid w:val="00F86D44"/>
     <w:rsid w:val="00F87022"/>
     <w:rsid w:val="00F879FF"/>
     <w:rsid w:val="00F87C3B"/>
     <w:rsid w:val="00F906BE"/>
+    <w:rsid w:val="00F9172A"/>
     <w:rsid w:val="00F9232C"/>
     <w:rsid w:val="00F927E1"/>
     <w:rsid w:val="00F9339E"/>
     <w:rsid w:val="00F948B8"/>
     <w:rsid w:val="00F95405"/>
     <w:rsid w:val="00F95FDA"/>
     <w:rsid w:val="00FA3F9B"/>
     <w:rsid w:val="00FA4B76"/>
     <w:rsid w:val="00FB30BC"/>
     <w:rsid w:val="00FB47A1"/>
     <w:rsid w:val="00FC3093"/>
     <w:rsid w:val="00FC5E39"/>
     <w:rsid w:val="00FC6F3A"/>
     <w:rsid w:val="00FD2186"/>
     <w:rsid w:val="00FD2793"/>
     <w:rsid w:val="00FD3370"/>
     <w:rsid w:val="00FD4502"/>
     <w:rsid w:val="00FE2A27"/>
+    <w:rsid w:val="00FE4F5E"/>
     <w:rsid w:val="00FE7BA1"/>
     <w:rsid w:val="00FF2B03"/>
     <w:rsid w:val="00FF4A04"/>
     <w:rsid w:val="00FF6086"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="nl"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
@@ -19781,51 +20492,637 @@
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="552162288">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/></Relationships>
+</file>
+
+<file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+</file>
+
+<file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
+<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:docParts>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="891F21B7D1904A079093A3D3D2075444"/>
+        <w:category>
+          <w:name w:val="Algemeen"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{E3B8B364-4829-4B79-B20F-8F31AC03782D}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00AC67C4" w:rsidRDefault="00E8637A" w:rsidP="00E8637A">
+          <w:pPr>
+            <w:pStyle w:val="891F21B7D1904A079093A3D3D2075444"/>
+          </w:pPr>
+          <w:r>
+            <w:t>[Typ hier]</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+  </w:docParts>
+</w:glossaryDocument>
+</file>
+
+<file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:font w:name="Verdana">
+    <w:panose1 w:val="020B0604030504040204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Carlito Regular">
+    <w:altName w:val="Calibri"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="default"/>
+  </w:font>
+  <w:font w:name="Aptos">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos Display">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+</w:fonts>
+</file>
+
+<file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:view w:val="normal"/>
+  <w:defaultTabStop w:val="708"/>
+  <w:hyphenationZone w:val="425"/>
+  <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:compat>
+    <w:useFELayout/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
+  </w:compat>
+  <w:rsids>
+    <w:rsidRoot w:val="00E8637A"/>
+    <w:rsid w:val="001A0AED"/>
+    <w:rsid w:val="00AC67C4"/>
+    <w:rsid w:val="00E8637A"/>
+  </w:rsids>
+  <m:mathPr>
+    <m:mathFont m:val="Cambria Math"/>
+    <m:brkBin m:val="before"/>
+    <m:brkBinSub m:val="--"/>
+    <m:smallFrac m:val="0"/>
+    <m:dispDef/>
+    <m:lMargin m:val="0"/>
+    <m:rMargin m:val="0"/>
+    <m:defJc m:val="centerGroup"/>
+    <m:wrapIndent m:val="1440"/>
+    <m:intLim m:val="subSup"/>
+    <m:naryLim m:val="undOvr"/>
+  </m:mathPr>
+  <w:themeFontLang w:val="nl-NL"/>
+  <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
+  <w:decimalSymbol w:val=","/>
+  <w:listSeparator w:val=";"/>
+  <w15:chartTrackingRefBased/>
+</w:settings>
+</file>
+
+<file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:docDefaults>
+    <w:rPrDefault>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:kern w:val="2"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="nl-NL" w:eastAsia="nl-NL" w:bidi="ar-SA"/>
+        <w14:ligatures w14:val="standardContextual"/>
+      </w:rPr>
+    </w:rPrDefault>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
+  </w:docDefaults>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="Standaard">
+    <w:name w:val="Normal"/>
+    <w:qFormat/>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="Standaardalinea-lettertype">
+    <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:default="1" w:styleId="Standaardtabel">
+    <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="numbering" w:default="1" w:styleId="Geenlijst">
+    <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="891F21B7D1904A079093A3D3D2075444">
+    <w:name w:val="891F21B7D1904A079093A3D3D2075444"/>
+    <w:rsid w:val="00E8637A"/>
+  </w:style>
+</w:styles>
+</file>
+
+<file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:optimizeForBrowser/>
+  <w:allowPNG/>
+</w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="1644926482728">
   <a:themeElements>
     <a:clrScheme name="Default">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -20108,76 +21405,76 @@
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>22</Pages>
-[...1 lines deleted...]
-  <Characters>41054</Characters>
+  <Pages>23</Pages>
+  <Words>8094</Words>
+  <Characters>41118</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>342</Lines>
-  <Paragraphs>96</Paragraphs>
+  <Lines>874</Lines>
+  <Paragraphs>266</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>48422</CharactersWithSpaces>
+  <CharactersWithSpaces>48946</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:creator>Allegonda Hollander</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ZWConversion">
     <vt:lpwstr>1</vt:lpwstr>
   </property>
 </Properties>
 </file>